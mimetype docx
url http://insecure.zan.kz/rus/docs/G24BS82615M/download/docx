--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad06e16" w14:textId="ad06e16">
+    <w:p w14:paraId="d353704" w14:textId="d353704">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,84 +122,146 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> статьи 91 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 2-7)</w:t>
+        <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 2 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Кенесаринского сельского округа Бурабайского района на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,69 +313,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 62232,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 67445,7 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 33515,0 тысяч тенге;</w:t>
+      налоговые поступления – 38728,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -341,51 +403,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 28717,0тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 68630,8 тысяч тенге;</w:t>
+      2) затраты – 73844,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -513,61 +575,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/9</w:t>
+        <w:t>№ 8С-36/9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -700,63 +762,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -764,51 +825,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Бурабайского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -971,208 +1032,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кенесаринского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/9</w:t>
+        <w:t>№ 8С-36/9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1146"/>
+        <w:gridCol w:w="1779"/>
+        <w:gridCol w:w="1465"/>
+        <w:gridCol w:w="3269"/>
+        <w:gridCol w:w="4641"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1188,110 +1255,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1307,147 +1388,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1457,3023 +1559,3254 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-62232,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67445,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-33515,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38728,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-22735,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27295,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-22735,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27295,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-10113,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10766,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-108,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-7761,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8326,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1610,0</w:t>
+            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1632,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1465" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4641" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4499,172 +4832,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4680,110 +5019,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4799,147 +5152,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4949,3876 +5323,4424 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-68630,8</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+73844,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-38505,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38964,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-38505,1</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38964,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-37873,6</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38332,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 631,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-25403,7</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-25403,7</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26159,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14803,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4722,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4722,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4722,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--6398,8</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6398,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9012,172 +9934,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кенесаринского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9193,110 +10121,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9312,147 +10254,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9462,3023 +10425,3254 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46718,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27417,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16248,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16248,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10502,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1610,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12504,172 +13698,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12685,110 +13885,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12804,147 +14018,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12954,3522 +14189,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46718,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5567,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5567,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1149,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16663,172 +18227,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кенесаринского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16844,110 +18414,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16963,147 +18547,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17113,3023 +18718,3254 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28625,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10910,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8558,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1610,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18692,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18692,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20155,172 +21991,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20336,110 +22178,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20455,147 +22311,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20605,3522 +22482,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35348,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35348,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35348,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5813,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5813,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1196,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24314,575 +26520,577 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты бюджету Кенесаринского сельского округа из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6102"/>
+        <w:gridCol w:w="6198"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма,</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые текущие трансферты нижестоящим бюджетам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9098,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="6198" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 За счет трансфертов районного (города районного значения) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9098,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На развитие жилищно-коммунального хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9098,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6102" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Текущий ремонт уличного освещения села Кенесары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="6198" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>