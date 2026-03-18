--- v1 (2025-12-29)
+++ v2 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d353704" w14:textId="d353704">
+    <w:p w14:paraId="73d7c15" w14:textId="73d7c15">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -313,69 +313,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 67445,7 тысяч тенге, в том числе:</w:t>
+      1) доходы – 68595,3 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 38728,7 тысяч тенге;</w:t>
+      налоговые поступления – 39878,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -403,51 +403,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 28717,0тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 73844,5 тысяч тенге;</w:t>
+      2) затраты – 74994,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -575,61 +575,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/9</w:t>
+        <w:t>№ 8С-38/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -762,62 +762,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -825,51 +826,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Бурабайского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1032,214 +1033,208 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кенесаринского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/9</w:t>
+        <w:t>№ 8С-38/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1146"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4641"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1255,124 +1250,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1388,168 +1369,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1559,3254 +1519,3023 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-67445,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68595,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-38728,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39878,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-27295,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28440,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-27295,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28440,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-10766,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11037,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-634,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+416,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 174,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-8326,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8613,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-1632,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1833,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-667,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
-[...29 lines deleted...]
-667,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+400,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1779" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1779" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1465" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28717,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1146" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1465" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3269" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4641" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4832,178 +4561,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5019,124 +4742,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5152,168 +4861,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5323,4424 +5011,4053 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-73844,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74994,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-38964,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-38964,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-38332,5</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38632,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 631,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-26159,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27009,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-26159,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27009,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-14803,7</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15653,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8720,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -6398,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9934,178 +9251,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кенесаринского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10121,124 +9432,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10254,168 +9551,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10425,3254 +9701,3023 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46718,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27417,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16248,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16248,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10502,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1610,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19301,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13698,178 +12743,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13885,124 +12924,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14018,168 +13043,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14189,3851 +13193,3522 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46718,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5567,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5567,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4418,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1149,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18227,178 +16902,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Кенесаринского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18414,124 +17083,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18547,168 +17202,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18718,3254 +17352,3023 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28625,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17048,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10910,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 108,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8558,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1610,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 667,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступление от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18692,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18692,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города районного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21991,178 +20394,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22178,124 +20575,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22311,168 +20694,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -22482,3851 +20844,3522 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47317,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35348,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35348,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35348,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5813,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5813,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1196,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26520,577 +24553,575 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты бюджету Кенесаринского сельского округа из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6102"/>
-        <w:gridCol w:w="6198"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6102" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6198" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма,</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6102" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6198" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6102" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые текущие трансферты нижестоящим бюджетам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6198" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9098,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6102" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6198" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6102" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 За счет трансфертов районного (города районного значения) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6198" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9098,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6102" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На развитие жилищно-коммунального хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6198" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9098,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6102" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Текущий ремонт уличного освещения села Кенесары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6198" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>