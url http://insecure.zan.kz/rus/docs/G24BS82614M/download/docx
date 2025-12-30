--- v0 (2025-11-10)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a03f574" w14:textId="a03f574">
+    <w:p w14:paraId="53f10f1" w14:textId="53f10f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,84 +122,146 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> статьи 91 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 2-7)</w:t>
+        <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 2 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Катаркольского сельского округа Бурабайского района на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,141 +313,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 170898,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 408233,1 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 59770,0 тысяч тенге;</w:t>
+      налоговые поступления – 59954,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 230,0 тысяч тенге;</w:t>
+      неналоговые поступления – 1286,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 2479,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 110898,0 тысяч тенге;</w:t>
+      поступления трансфертов – 344513,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 186118,7 тысяч тенге;</w:t>
+      2) затраты – 423453,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -513,61 +575,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/8</w:t>
+        <w:t>№ 8С-36/8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -700,63 +762,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -764,51 +825,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Бурабайского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -971,208 +1032,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Катаркольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/8</w:t>
+        <w:t>№ 8С-36/8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1174"/>
+        <w:gridCol w:w="1594"/>
+        <w:gridCol w:w="1594"/>
+        <w:gridCol w:w="4455"/>
+        <w:gridCol w:w="3483"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1188,110 +1255,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1307,147 +1388,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1457,7722 +1559,9864 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-170898,0</w:t>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+409701,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-59770,0</w:t>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+59954,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42412,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42412,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-17082,0</w:t>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17266,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 848,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-13037,0</w:t>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13221,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 276,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 276,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-230,0</w:t>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1286,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственного собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Другие неналоговые поступления в местный бюджет, за исключением поступлений в Фонд поддержки инфраструктуры образования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-110898,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Другие неналоговые поступления в местный бюджет, за исключением поступлений в Фонд поддержки инфраструктуры образования </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-110898,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...288 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных участков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...77 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления от продажи земельных участков </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2479,5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...109 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+344513,1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...140 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+344513,1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...71 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...65 lines deleted...]
-5</w:t>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+344513,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-186118,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-103021,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-13521,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+423453,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-13521,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-13321,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-200,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62804,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...135 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8175,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8175,0</w:t>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8175,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13321,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8175,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--15220,7</w:t>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-15220,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4455" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9366,172 +11610,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Катаркольского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9547,110 +11797,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9666,147 +11930,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9816,3377 +12101,3636 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66525,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52067,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17744,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 848,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13689,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 242,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственного собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 242,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 242,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14216,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14216,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13212,172 +15756,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13393,110 +15943,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13512,147 +16076,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13662,3522 +16247,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66525,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7166,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7166,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1166,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17371,172 +20285,178 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Катаркольского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17552,110 +20472,124 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17671,147 +20605,168 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17821,3377 +20776,3636 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67774,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54478,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18438,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 848,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14373,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственного собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13042,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13042,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21217,172 +24431,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21398,110 +24618,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -21517,147 +24751,168 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -21667,3522 +24922,3851 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67774,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7966,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7966,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1866,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -25376,557 +28960,563 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты бюджету Катаркольского сельского округа из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="7740"/>
+        <w:gridCol w:w="4560"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые текущие трансферты нижестоящим бюджетам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 За счет трансфертов из районного (города областного значения) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на развитие спорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="7740" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный ремонт здания спортзала по адресу: Акмолинская область, Бурабайский район, село Катарколь, ул. Ленина 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="4560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>