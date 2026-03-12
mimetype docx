--- v1 (2025-12-30)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="53f10f1" w14:textId="53f10f1">
+    <w:p w14:paraId="6fe3009" w14:textId="6fe3009">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -403,51 +403,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 344513,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 423453,8 тысяч тенге;</w:t>
+      2) затраты –423453,8 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -575,61 +575,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/8</w:t>
+        <w:t>№ 8С-38/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -762,62 +762,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Настоящее решение вводится в действие с 1 января 2025 года</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -825,51 +826,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Бурабайского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1032,214 +1033,208 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Катаркольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/8</w:t>
+        <w:t>№ 8С-38/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1174"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3483"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1255,124 +1250,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1388,168 +1369,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1559,9894 +1519,4115 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
-[...29 lines deleted...]
-409701,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+408233,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 59954,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
-[...29 lines deleted...]
-42412,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42532,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
-[...29 lines deleted...]
-42412,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42532,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17266,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 848,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13221,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 197,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
-[...29 lines deleted...]
-276,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
-[...29 lines deleted...]
-276,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+156,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1286,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственного собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 230,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...74 lines deleted...]
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...149 lines deleted...]
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1056,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных участков</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Поступления от продажи земельных участков </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2479,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 344513,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 344513,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1174" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1594" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4455" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3483" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 344513,1</w:t>
-            </w:r>
-[...5462 lines deleted...]
-15220,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -11474,50 +5655,5121 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+423453,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62804,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62804,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62804,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15020,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15020,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14064,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+200,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+756,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7432,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7432,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7432,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реализация мероприятий по социальной и инженерной инфраструктуре в сельских населенных пунктах в рамках проекта "Ауыл-Ел бесігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+338197,6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-15220,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+VI. Финансирование дефицита (использование профицита) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15220,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11610,178 +10862,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Катаркольского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11797,124 +11043,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11930,168 +11162,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12101,3636 +11312,3377 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66525,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 52067,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 34033,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17744,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 848,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13689,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 207,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 290,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 242,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственного собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 242,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 242,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14216,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14216,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15756,178 +14708,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15943,124 +14889,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16076,168 +15008,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16247,3851 +15158,3522 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 66525,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7166,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7166,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1166,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20285,178 +18867,172 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Катаркольского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20472,124 +19048,110 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20605,168 +19167,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20776,3636 +19317,3377 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67774,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 54478,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 35735,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18438,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 848,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14373,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 305,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от государственного собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы от аренды имущества, находящегося в государственной собственности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 254,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13042,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13042,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24431,178 +22713,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24618,124 +22894,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24751,168 +23013,147 @@
               <w:t>
 Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -24922,3851 +23163,3522 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67774,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50881,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7966,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7966,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1866,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8927,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Приобретение финансовых активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -28960,563 +26872,557 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты бюджету Катаркольского сельского округа из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7740"/>
-        <w:gridCol w:w="4560"/>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Целевые текущие трансферты нижестоящим бюджетам</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 За счет трансфертов из районного (города областного значения) бюджета:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 на развитие спорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 93021,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7740" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальный ремонт здания спортзала по адресу: Акмолинская область, Бурабайский район, село Катарколь, ул. Ленина 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4560" w:type="dxa"/>
+            <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>