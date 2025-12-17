--- v0 (2025-11-10)
+++ v1 (2025-12-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e920586" w14:textId="e920586">
+    <w:p w14:paraId="946ac76" w14:textId="946ac76">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -122,84 +122,146 @@
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан </w:t>
+        <w:t xml:space="preserve"> статьи 91 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>подпунктом 2-7)</w:t>
+        <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 2 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республики Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Бурабайский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С-36/6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Зеленоборского сельского округа Бурабайского района на 2025-2027 годы, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,69 +313,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 152810,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 167522,6 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 44069,0 тысяч.тенге;</w:t>
+      налоговые поступления – 46869,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -323,105 +385,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 409,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 108332,0 тысяч тенге;</w:t>
+      поступления трансфертов – 120244,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 153200,4 тысяч тенге;</w:t>
+      2) затраты – 167913,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджетные кредиты –0,0 тысяч тенге;</w:t>
+      бюджетные кредиты – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение бюджетных кредитов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -485,89 +547,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) дефицит (профицит) бюджета – -390,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 390,4 тысяч тенге.</w:t>
+      6) финансирование дефицита (использование профицита) бюджета– 390,4 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/7</w:t>
+        <w:t>№ 8С-36/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -971,214 +1033,215 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Зеленоборского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 28.03.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-28/7</w:t>
+        <w:t>№ 8С-36/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма, тысяч тенге</w:t>
+сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1188,116 +1251,116 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1307,147 +1370,148 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1457,7899 +1521,8076 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-152810,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+167522,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-44069,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46869,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24693,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26096,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24693,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26096,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-18368,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19765,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-15557,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16954,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 367,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1008,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1008,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 409,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 409,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 409,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-108332,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120244,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-108332,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120244,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...152 lines deleted...]
-Сумма, тысяч тенге</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120244,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Программа</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...125 lines deleted...]
-Наименование</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...175 lines deleted...]
-          </w:p>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-153200,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-54610,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+167913,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-54610,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56137,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-54610,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56137,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55516,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-84063,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+621,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-84063,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86557,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-5300,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86557,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-8684,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25851,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-129,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8684,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-69950,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребения безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-14527,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51167,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-14527,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+725,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-14527,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25218,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25218,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25218,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...131 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
--390,4</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-390,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 VI. Финансирование дефицита (использование профицита) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -26926,55 +27167,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -27300,31 +27541,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>