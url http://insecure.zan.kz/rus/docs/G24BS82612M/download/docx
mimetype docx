--- v1 (2025-12-17)
+++ v2 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="946ac76" w14:textId="946ac76">
+    <w:p w14:paraId="1b593b5" w14:textId="1b593b5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -313,141 +313,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 167522,6 тысяч тенге, в том числе:</w:t>
+      1) доходы – 159611,6 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 46869,0 тысяч тенге;</w:t>
+      налоговые поступления – 49486,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 409,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 1699,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 120244,6 тысяч тенге;</w:t>
+      поступления трансфертов – 108426,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 167913,0 тысяч тенге;</w:t>
+      2) затраты – 160002,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -575,61 +575,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/6</w:t>
+        <w:t>№ 8С-38/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1033,215 +1033,214 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Зеленоборского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 29.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Бурабайского районного маслихата Акмолинской области от 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-36/6</w:t>
+        <w:t>№ 8С-38/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 сумма, тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1251,116 +1250,116 @@
               <w:t>
 Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1370,148 +1369,147 @@
               <w:t>
 Подкласс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1521,8106 +1519,3584 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-167522,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+159611,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-46869,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49486,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-26096,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-26096,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27816,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-19765,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20662,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1180,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-16954,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17851,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 367,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Внутренние налоги на товары, работы и услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1008,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления за использование природных и других ресурсов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1008,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неналоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...64 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления от продажи основного капитала</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-409,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1699,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...32 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Продажа земли и нематериальных активов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-409,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1699,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-409,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1645,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-120244,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-120244,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108426,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...166 lines deleted...]
-120244,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108426,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...507 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...4124 lines deleted...]
-390,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+108426,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -9648,50 +5124,4767 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма, тысяч тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Программа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+160002,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56137,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56137,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55516,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+621,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89338,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89338,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26692,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8684,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребения безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+129,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53106,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организация водоснабжения населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+725,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14527,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14527,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14527,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-390,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+VI. Финансирование дефицита (использование профицита) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+390,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -27167,55 +27360,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>