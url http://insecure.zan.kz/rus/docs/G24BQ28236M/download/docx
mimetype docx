--- v0 (2025-10-30)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20e4052" w14:textId="20e4052">
+    <w:p w14:paraId="0f699f3" w14:textId="0f699f3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,113 +93,175 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О бюджете Жанаесильского сельского округа на 2025-2027 годы"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Целиноградского районного маслихата Акмолинской области от 25 декабря 2024 года № 282/36-8</w:t>
+        <w:t>Решение Целиноградского районного маслихата Акмолинской области от 25 декабря 2024 года № 282/36-8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пунктом 2</w:t>
+        <w:t>подпунктом 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 9-1 Бюджетного кодекса Республики Казахстан, </w:t>
+        <w:t xml:space="preserve"> пункта 1 статьи 7 Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Целиноградский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения Целиноградского районного маслихата Акмолинской области от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384/50-8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить бюджет Жанаесильского сельского округа на 2025-2027 годы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -251,159 +313,239 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 51 277,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 60 937,2 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 20 280,0 тысяч тенге;</w:t>
+      налоговые поступления – 28 164,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 30 997,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 1 357,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 51 277,0 тысяч тенге;</w:t>
+      поступления трансфертов – 31 415,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге;</w:t>
+      2) затраты – 61 065,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
+      3) сальдо по операциям с финансовыми активами – 128,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) финансирование дефицита (использование профицита) бюджета – 0,0 тысяч тенге.</w:t>
+      4) дефицит (профицит) бюджета – -128,7 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) финансирование дефицита (использование профицита) бюджета – 128,7 тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Целиноградского районного маслихата Акмолинской области от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384/50-8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Учесть в составе поступлений бюджета сельского округа на 2025 год целевые трансферты из районного бюджета согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1125,50 +1267,88 @@
               </w:rPr>
               <w:t>№ 282/36-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жанаесильского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции решения Целиноградского районного маслихата Акмолинской области от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384/50-8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1880,51 +2060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 277,0</w:t>
+60 937,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2057,51 +2237,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 280,0</w:t>
+28 164,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2234,51 +2414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 000,0</w:t>
+19 301,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2411,51 +2591,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 000,0</w:t>
+19 301,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2588,51 +2768,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 280,0</w:t>
+8 863,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3119,228 +3299,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 720,0</w:t>
+8 303,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...135 lines deleted...]
-30 997,0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 357,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3369,155 +3549,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-30 997,0</w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 357,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3578,50 +3758,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 357,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Поступления трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 415,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31 415,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3650,51 +4361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 997,0</w:t>
+31 415,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4432,51 +5143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 277,0</w:t>
+61 065,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4609,51 +5320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 977,0</w:t>
+45 656,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4786,51 +5497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 977,0</w:t>
+45 656,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4963,51 +5674,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45 977,0</w:t>
+45 656,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5140,51 +5851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 300,0</w:t>
+10 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5317,51 +6028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 300,0</w:t>
+10 781,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5494,51 +6205,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+4 097,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5671,51 +6382,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 300,0</w:t>
+6 684,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5848,51 +6559,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+4 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6025,51 +6736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+4 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6202,51 +6913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+4 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6548,51 +7259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+128,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6721,51 +7432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+-128,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6894,51 +7605,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+128,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -19017,50 +19728,88 @@
               </w:rPr>
               <w:t>№ 282/36-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты из районного бюджета на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции решения Целиноградского районного маслихата Акмолинской области от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 384/50-8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19262,51 +20011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 997,0</w:t>
+31 415,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19339,51 +20088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-30 997,0</w:t>
+31 415,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19416,51 +20165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 697,0</w:t>
+24 615,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -19647,51 +20396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+4 500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -19723,55 +20472,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>