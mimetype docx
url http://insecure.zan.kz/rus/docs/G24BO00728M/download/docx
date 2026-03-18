--- v0 (2025-11-09)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="51ddd8d" w14:textId="51ddd8d">
+    <w:p w14:paraId="d88f6a3" w14:textId="d88f6a3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,123 +251,123 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы - 681 142,5 тысяч тенге, в том числе:</w:t>
+      1) доходы –674 944,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 68 470,2 тысяч тенге;</w:t>
+      налоговые поступления – 68 136,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 543,9 тысяч тенге;</w:t>
+      неналоговые поступления – 877,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов –612 128,4 тысяч тенге;</w:t>
+      поступления трансфертов –605 929,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) затраты – 682 604,5 тысяч тенге; </w:t>
+      2) затраты – 676 406,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -423,61 +423,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 14.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/37</w:t>
+        <w:t>№ 2/39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -823,61 +823,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Коргалжынского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 14.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/37</w:t>
+        <w:t>№ 2/39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1656,51 +1656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-681 142,5</w:t>
+674 944,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1833,51 +1833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-69 014,1</w:t>
+68 136,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2010,51 +2010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 358,5</w:t>
+43 948,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2187,51 +2187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 358,5</w:t>
+43 948,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2364,51 +2364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 111,7</w:t>
+23 503,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2541,51 +2541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 636,6</w:t>
+1 842,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2718,51 +2718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-432,0</w:t>
+236,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2895,51 +2895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 157,6</w:t>
+20 532,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3072,51 +3072,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-885,5</w:t>
+892,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3249,51 +3249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+684,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3426,51 +3426,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+684,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3603,51 +3603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-543,9</w:t>
+877,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3780,51 +3780,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-486,4</w:t>
+820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3957,51 +3957,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-486,4</w:t>
+820,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4488,51 +4488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-612 128,4</w:t>
+605 929,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4665,51 +4665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-612 128,4</w:t>
+605 929,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4842,51 +4842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-612 128,4</w:t>
+605 929,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5931,51 +5931,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-682 604,5</w:t>
+676 406,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7185,51 +7185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 820,7</w:t>
+169 386,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7394,51 +7394,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 820,7</w:t>
+169 386,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7603,51 +7603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171 820,7</w:t>
+169 386,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7812,51 +7812,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 511,7</w:t>
+19 125,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8230,51 +8230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-119 482,6</w:t>
+116 433,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8439,51 +8439,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-437 674,1</w:t>
+433 910,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8648,51 +8648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-437 674,1</w:t>
+433 910,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8857,51 +8857,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-437 674,1</w:t>
+433 910,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9066,51 +9066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40 302,1</w:t>
+42 802,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9275,51 +9275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122 325,6</w:t>
+116 061,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28392,61 +28392,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые текущие трансферты из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 14.10.2025 </w:t>
+      Сноска. Приложение 4 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 4/37</w:t>
+        <w:t>№ 2/39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -28734,51 +28734,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-592 869,4</w:t>
+586 670,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -28848,51 +28848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 229,3</w:t>
+30 729,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
@@ -29011,51 +29011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оплата за обучение и командировочных расходов</w:t>
+Оплата за обучение и командировачных расходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29992,87 +29992,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Средний ремонт дорог улицы М.Ауезова 0,45 км, улицы Т. Рыскулова 0,43 км, улицы К. Мухамедханова 0,3 км, улицы Д. Отарбекова 0,38 км, улицы Ж. Жабаева 0,49 км в селе Коргалжын Коргалжынского района Акмолинской области</w:t>
+Средний ремонт дорог ул. М.Ауезова 0,45 км, ул. Т. Рыскулова 0,43 км, ул. К. Мухамедханова 0,3 км, ул. Д. Отарбекова 0,38 км, ул. Ж. Жабаева 0,49 км в селе Коргалжын Коргалжынского района Акмолинской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-122 325,6</w:t>
+116 061,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30355,51 +30355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 600,0</w:t>
+5 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30464,51 +30464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 526,4</w:t>
+12 970,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -30682,51 +30682,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 000,0</w:t>
+26 721,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -30758,55 +30758,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>