--- v0 (2025-12-31)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d9e6dc3" w14:textId="d9e6dc3">
+    <w:p w14:paraId="df2576d" w14:textId="df2576d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О бюджете Сабындинского сельского округа Коргалжынского района на 2025-2027 годы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Коргалжынского районного маслихата Акмолинской области от 26 декабря 2024 года № 3/28</w:t>
+        <w:t>Решение Коргалжынского районного маслихата Акмолинской области от 26 декабря 2024 года № 3/28.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -251,195 +251,257 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 33 008,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 35 264,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 10 996,0 тысяч тенге;</w:t>
+      налоговые поступления – 11 713,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 22 012,0 тысяч тенге;</w:t>
+      поступления трансфертов – 23 550,3 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) затраты – 35 264,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 33 008,0 тысяч тенге;</w:t>
+      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге, в том числе:</w:t>
-[...17 lines deleted...]
-      приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
+      приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дефицит (профицит) бюджета – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) финансирование дефицита (использование профицита) бюджета – 0,0 тысяч тенге.</w:t>
+      5) финансирование дефицита (использование профицита) бюджета – 0,0тысяч тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть, что в бюджете Сабындинского сельского округа на 2025 год из бюджета района предусмотрена субвенция в сумме 18 888,0 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
@@ -746,50 +808,88 @@
               </w:rPr>
               <w:t>№ 3/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сабындинского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1556,51 +1656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 008,0</w:t>
+35 264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1733,51 +1833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 996,0</w:t>
+11 713,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1910,51 +2010,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 288,0</w:t>
+ 4 005,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2087,51 +2187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 288,0</w:t>
+4 005,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2264,51 +2364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 240,0</w:t>
+5 240,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2795,51 +2895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 4 375,0</w:t>
+4 375,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3149,51 +3249,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 468,0</w:t>
+2 468,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3290,128 +3390,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления за использование природных и других ресурсов</w:t>
+Плата за пользование земельные участками</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 468,0</w:t>
+2 468,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3467,161 +3567,161 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-НЕНАЛОГОВЫЕ ПОСТУПЛЕНИЯ</w:t>
+ПОСТУПЛЕНИЯ ТРАНСФЕРТОВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+23 550,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3644,87 +3744,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ПОСТУПЛЕНИЯ ТРАНСФЕРТОВ</w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 012,0</w:t>
+23 550,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3744,341 +3844,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферты из вышестоящих органов государственного управления</w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 012,0</w:t>
-[...176 lines deleted...]
-22 012,0</w:t>
+23 550,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5123,51 +5046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 008,0</w:t>
+35 264,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5332,51 +5255,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+29 005,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5541,51 +5464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+29 005,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5750,51 +5673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+29 005,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5959,51 +5882,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 559,0</w:t>
+29 005,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6168,51 +6091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 449,0</w:t>
+3 260,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6377,51 +6300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 449,0</w:t>
+3 260,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6586,51 +6509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 449,0</w:t>
+3 260,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6795,51 +6718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 730,0</w:t>
+2 620,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7004,51 +6927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-719,0</w:t>
+640,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7213,51 +7136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+2 996,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7422,51 +7345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+2 996,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7631,51 +7554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+2 996,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7840,51 +7763,887 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 000,0</w:t>
+2 996,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+За счет средств местного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25726,50 +26485,88 @@
               </w:rPr>
               <w:t>№ 3/28</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые текущие трансферты из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции решения Коргалжынского районного маслихата Акмолинской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4/39</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -26081,51 +26878,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 124,0</w:t>
+4 662,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -26376,50 +27173,320 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 312,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обучение акимов сельских округов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+457,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Командировочные расходы внутри страны государственных служащих</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+403,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведение земельно-кадастровых работ земельного участка для ветеринарного пункта в селе Сабынды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+678,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>