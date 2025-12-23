--- v0 (2025-10-18)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8c5763d" w14:textId="8c5763d">
+    <w:p w14:paraId="22ebd14" w14:textId="22ebd14">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,105 +251,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 69374,0 тысячи тенге, в том числе:</w:t>
+      1) доходы – 89150,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 4727,0 тысяч тенге;</w:t>
+      налоговые поступления – 5154,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 64647,0 тысяч тенге;</w:t>
+      поступления трансфертов – 83996,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) затраты – 70234,5 тысяча тенге;</w:t>
+        <w:t xml:space="preserve">
+      2) затраты – 90010,5 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -405,61 +405,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 03.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-30/10</w:t>
+        <w:t>№ 8С-32/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -568,63 +568,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -632,51 +631,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Буландынского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -839,3010 +838,3105 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Никольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской областиот 03.07.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской области от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-30/10</w:t>
+        <w:t>№ 8С-32/5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
-[...17 lines deleted...]
-тысяч тенге</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...140 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-5</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-69 374,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5154,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4 727,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подоходный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1 100,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1 100,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4054,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-3 627,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-195,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-42,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3727,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-3 300,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-90,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-64 647,0</w:t>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...240 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-64 647,0</w:t>
+            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83996,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3858,110 +3952,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3977,147 +4085,168 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -4127,3361 +4256,3648 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-70 234,5</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90010,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-33 986,4</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34640,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-33 986,4</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34640,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-24 776,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25430,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-9 210,4</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9210,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-16 719,5</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35650,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-16 719,5</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35650,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8 043,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8022,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3 000,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3 380,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22729,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2 296,5</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1899,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19 528,6</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19719,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19 528,6</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19719,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-19 528,6</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19719,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -860,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7675,209 +8091,215 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Никольского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7906,115 +8328,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8037,2315 +8473,2490 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4727,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10371,172 +10982,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10552,110 +11169,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10671,147 +11302,168 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10821,3184 +11473,3457 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24776,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8043,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14190,209 +15115,215 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Никольского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="1826"/>
+        <w:gridCol w:w="1177"/>
+        <w:gridCol w:w="3356"/>
+        <w:gridCol w:w="4764"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14421,115 +15352,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -14552,2315 +15497,2490 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4727,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1177" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3356" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="4764" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16886,172 +18006,178 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17067,110 +18193,124 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17186,147 +18326,168 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17336,3184 +18497,3457 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24776,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8043,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -20575,55 +22009,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>