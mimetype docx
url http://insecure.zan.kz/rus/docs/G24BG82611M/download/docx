--- v1 (2025-12-23)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="22ebd14" w14:textId="22ebd14">
+    <w:p w14:paraId="1d2fe24" w14:textId="1d2fe24">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -269,51 +269,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доходы – 89150,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 5154,0 тысячи тенге;</w:t>
+      налоговые поступления – 5146,6 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      неналоговые поступления – 7,4 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 83996,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -405,61 +423,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-32/5</w:t>
+        <w:t>№ 8С-34/9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -568,62 +586,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -631,51 +650,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Буландынского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -838,402 +857,382 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Никольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской области от 30.09.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской области от 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-32/5</w:t>
+        <w:t>№ 8С-34/9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- Класс </w:t>
+Класс </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1256,2490 +1255,3200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 89150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...29 lines deleted...]
-5154,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5146,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...29 lines deleted...]
-1100,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1016,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...29 lines deleted...]
-1100,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1016,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...29 lines deleted...]
-4054,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4085,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...29 lines deleted...]
-195,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+189,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...29 lines deleted...]
-42,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
-[...29 lines deleted...]
-3727,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3778,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...179 lines deleted...]
-83996,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...179 lines deleted...]
-83996,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83996,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+83996,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -3765,178 +4474,190 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3952,124 +4673,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4085,3819 +4792,3530 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90010,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-34640,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35275,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-34640,4</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35275,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-25430,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26065,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9210,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-35650,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35237,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-35650,8</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35237,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-8022,6</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7618,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22729,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-1899,2</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1890,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-19719,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19497,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-19719,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19497,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...29 lines deleted...]
-19719,3</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19497,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -860,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8091,215 +8509,209 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Никольского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8328,129 +8740,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8473,2490 +8871,2315 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4727,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10982,178 +11205,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11169,124 +11386,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11302,168 +11505,147 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11473,3457 +11655,3184 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24776,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8043,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15115,215 +15024,209 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Никольского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1177"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="4764"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15352,129 +15255,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -15497,2490 +15386,2315 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4727,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1100,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 195,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 42,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 90,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1826" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 38353,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1177" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1177" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3356" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4764" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18006,178 +17720,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18193,124 +17901,110 @@
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18326,168 +18020,147 @@
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -18497,3457 +18170,3184 @@
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 43080,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24776,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8043,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 009</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение санитарии населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 014</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация водоснабжения населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Транспорт и коммуникации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 013</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5065,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>