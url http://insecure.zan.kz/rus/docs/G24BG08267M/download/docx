--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5337dff" w14:textId="5337dff">
+    <w:p w14:paraId="0f6e18c" w14:textId="0f6e18c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,105 +251,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 38121,0 тысяча тенге, в том числе:</w:t>
+      1) доходы – 56973,0 тысячи тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7074,0 тысячи тенге;</w:t>
+      налоговые поступления – 7855,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 31047,0 тысяч тенге;</w:t>
+      поступления трансфертов – 49118,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 39880,0 тысяч тенге;</w:t>
+      2) затраты – 58732,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -405,61 +405,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 03.07.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-30/7</w:t>
+        <w:t>№ 8С-33/2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -494,63 +494,62 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -558,51 +557,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Буландынского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -765,5794 +764,6175 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Журавлевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской областиот 03.07.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской областиот 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-30/7</w:t>
+        <w:t>№ 8С-33/2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
-[...17 lines deleted...]
-тысяч тенге</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...140 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-5</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56973,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-38 121,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-7 074,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подоходный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1 400,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1 400,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-5 674,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-383,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-276,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5379,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-4 765,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-250,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-31 047,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-31 047,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...219 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-39 880,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58732,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-35 895,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54146,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-35 895,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54146,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-27 395,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-8 500,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3 985,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4586,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-3 985,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4586,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1 626,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-2 359,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2609,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
--1 759,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1759,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1 759,0</w:t>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1759,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6701,5458 +7081,6160 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С-26/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Журавлевского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...2673 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции решений Буландынского районного маслихата Акмолинской областиот 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>№ 8С-33/2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...140 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-5</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-29621,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-27395,0</w:t>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подоходный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-27395,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-27395,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2226,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2226,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1626,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5379,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-600,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48473,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2827,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2827,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1977,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+850,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12331,5458 +13413,6160 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С-26/7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Журавлевского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...2673 lines deleted...]
-    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции решений Буландынского районного маслихата Акмолинской областиот 22.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>№ 8С-33/2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="3769"/>
+        <w:gridCol w:w="3518"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Класс </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Подкласс</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...140 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...173 lines deleted...]
-5</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Доходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-29621,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...129 lines deleted...]
-27395,0</w:t>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Подоходный налог </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-27395,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Индивидуальный подоходный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-27395,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на собственность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2226,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалоги на имущество</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-2226,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-1626,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Hалог на транспортные средства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5379,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-600,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Единый земельный налог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0,0</w:t>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47873,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2227,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2227,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1977,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+850,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3769" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -17844,55 +19628,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>