--- v1 (2025-12-27)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0f6e18c" w14:textId="0f6e18c">
+    <w:p w14:paraId="67db035" w14:textId="67db035">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,105 +251,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 56973,0 тысячи тенге, в том числе:</w:t>
+      1) доходы – 56973,0 тысяча тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7855,0 тысяч тенге;</w:t>
+      налоговые поступления – 7855,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 49118,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) затраты – 58732,0 тысячи тенге;</w:t>
+        <w:t xml:space="preserve">
+      2) затраты – 58732,0 тысяч тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -405,61 +405,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 22.10.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Буландынского районного маслихата Акмолинской области от 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33/2</w:t>
+        <w:t>№ 8С-34/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -494,62 +494,63 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -557,51 +558,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      Председатель Буландынского районного маслихата </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -764,251 +765,245 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Журавлевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской областиот 22.10.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решений Буландынского районного маслихата Акмолинской областиот 24.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-33/2</w:t>
+        <w:t>№ 8С-34/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1037,129 +1032,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1182,5757 +1163,2699 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56973,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5379,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...179 lines deleted...]
-49118,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Внутренние налоги на товары, работы и услуги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...179 lines deleted...]
-49118,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления за использование природных и других ресурсов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...149 lines deleted...]
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 49118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...66 lines deleted...]
-Сумма</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...547 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
-[...2563 lines deleted...]
-1759,0</w:t>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49118,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6960,50 +3883,3050 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функциональная группа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Администратор бюджетных программ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Программа </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Затраты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+58732,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Государственные услуги общего характера</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54146,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+54146,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45646,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальные расходы государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8500,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4586,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4586,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1977,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2609,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1759,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VI. Финансирование дефицита (использование профицита) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1759,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -7132,215 +7055,209 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7369,129 +7286,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7514,2490 +7417,2315 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5379,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10031,3210 +9759,2930 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2827,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2827,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13464,215 +12912,209 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1349"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3518"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Категория</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма тысяч тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13701,129 +13143,115 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -13846,2490 +13274,2315 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 I. Доходы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 48473,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Налоговые поступления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7855,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Подоходный налог </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Индивидуальный подоходный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1415,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на собственность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалоги на имущество</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 526,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Hалог на транспортные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5379,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единый земельный налог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 250,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Поступления трансфертов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из вышестоящих органов государственного управления</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 40618,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -16363,3210 +15616,2930 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Функциональная группа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сумма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...72 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Программа </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
-[...33 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 II. Затраты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 47873,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственные услуги общего характера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 45646,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Капитальные расходы государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 07</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно-коммунальное хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2227,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1832" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2227,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Освещение улиц в населенных пунктах</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1977,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...77 lines deleted...]
-            <w:tcW w:w="1832" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 011</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Благоустройство и озеленение населенных пунктов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 V. Дефицит (профицит) бюджета </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:tcW w:w="3769" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3518" w:type="dxa"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>