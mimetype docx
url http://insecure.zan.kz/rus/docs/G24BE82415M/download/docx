--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ce30367" w14:textId="ce30367">
+    <w:p w14:paraId="87d11df" w14:textId="87d11df">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,141 +323,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 53 570,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 57 570,0 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 10 040,0 тысяча тенге;</w:t>
+      налоговые поступления – 9 845,5 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тенге;</w:t>
+      поступления от продажи основного капитала – 194,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 43 530,0 тысяч тенге;</w:t>
+      поступления трансфертов – 47 530,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 55 574,2 тысяча тенге;</w:t>
+      2) затраты – 59 574,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -539,87 +539,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – - 2 004,2 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – - 2 004,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 2 004,2 тысяч тенге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета –</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступление займов – 0 тенге;</w:t>
+      2 004,2 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      поступление займов – 0 тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -639,61 +657,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/16</w:t>
+        <w:t>№ 8С 32/17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1039,61 +1057,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Шункыркольского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/16</w:t>
+        <w:t>№ 8С 32/17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1687,51 +1705,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 570,0</w:t>
+57 570,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1828,87 +1846,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Hалоговые поступления</w:t>
-[...35 lines deleted...]
-10 040,0</w:t>
+Налоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 845,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2041,51 +2059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 102,0</w:t>
+2 914,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2218,51 +2236,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 102,0</w:t>
+2 914,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2395,51 +2413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 308,0</w:t>
+6 276,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2749,51 +2767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-130,0</w:t>
+134,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2926,51 +2944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 608,0</w:t>
+3 272,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3103,51 +3121,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 277,0</w:t>
+2 577,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3280,51 +3298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 630,0</w:t>
+655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3457,51 +3475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 630,0</w:t>
+655,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3811,51 +3829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+194,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3988,51 +4006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 530,0</w:t>
+47 530,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4165,51 +4183,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 530,0</w:t>
+47 530,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4342,51 +4360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43 530,0</w:t>
+47 530,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4994,51 +5012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 574,2</w:t>
+59 574,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5172,51 +5190,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 203,0</w:t>
+26 390,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5331,51 +5349,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 203,0</w:t>
+26 390,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5470,51 +5488,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 203,0</w:t>
+26 390,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5648,51 +5666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 371,2</w:t>
+32 184,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5807,51 +5825,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-33 371,2</w:t>
+32 184,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5946,51 +5964,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 475,0</w:t>
+1 288,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6086,50 +6104,68 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23 396,2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -24852,61 +24888,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 в редакции решения Атбасарского районного маслихата Акмолинской области от 27.02.2025 </w:t>
+      Сноска. Приложение 4 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 25/18</w:t>
+        <w:t>№ 8С 32/17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -25043,51 +25079,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 892,0</w:t>
+24 892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25120,51 +25156,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 892,0</w:t>
+24 892</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25197,51 +25233,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 892,0</w:t>
+20 892</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>