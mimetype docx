--- v0 (2025-11-09)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="55adef0" w14:textId="55adef0">
+    <w:p w14:paraId="5870b56" w14:textId="5870b56">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,69 +323,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 23 872,0 тысячи тенге, в том числе:</w:t>
+      1) доходы – 29 398,0 тысячи тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 6 311,0 тысяч тенге;</w:t>
+      налоговые поступления – 7 311,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -395,69 +395,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 17 561,0 тысяча тенге;</w:t>
+      поступления трансфертов – 22 087,0 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 25 435,1 тысячи тенге;</w:t>
+      2) затраты – 30 961,1 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -539,69 +539,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -1 563,1 тенге;</w:t>
+      5) дефицит (профицит) бюджета – -1 563,1 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 1 563,1 тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1 563,1 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -611,89 +611,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 1 563,1 тенге.</w:t>
+      используемые остатки бюджетных средств – 1 563,1 тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 8С 29/14</w:t>
+        <w:t>№ 8С 32/15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -999,61 +999,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сергеевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 8С 29/14</w:t>
+        <w:t>№ 8С 32/15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1647,51 +1647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 872,0</w:t>
+29 398,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1824,51 +1824,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 311,0</w:t>
+7 311,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2001,51 +2001,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 428,0</w:t>
+1 028,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2178,51 +2178,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 428,0</w:t>
+1 028,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2355,51 +2355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 843,0</w:t>
+5 243,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2532,51 +2532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-363,0</w:t>
+303,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2709,51 +2709,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-395,0</w:t>
+315,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2886,51 +2886,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 335,0</w:t>
+2 435,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3063,51 +3063,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-750,0</w:t>
+2 190,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3240,51 +3240,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40,0</w:t>
+240,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3417,582 +3417,582 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40,0</w:t>
+240,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...135 lines deleted...]
-0</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-17 561,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4012,195 +4012,726 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-17 561,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+373,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 087,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22 087,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4302,51 +4833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17 561,0</w:t>
+22 087,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4954,51 +5485,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 435,1</w:t>
+30 961,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5132,51 +5663,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 629,0</w:t>
+25 805,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5291,51 +5822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 629,0</w:t>
+25 805,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5430,51 +5961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 629,0</w:t>
+25 805,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5608,51 +6139,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 306,1</w:t>
+4 156,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5767,51 +6298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 306,1</w:t>
+4 156,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5906,51 +6437,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1343,0</w:t>
+1 543,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6045,51 +6576,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 963,1</w:t>
+2 613,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6223,51 +6754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500,0</w:t>
+1 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -6382,51 +6913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1500,0</w:t>
+1 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6521,51 +7052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+1 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6617,132 +7148,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-500,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6835,51 +7362,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III. Чистое бюджетное кредитование</w:t>
+Бюджетные кредиты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7008,51 +7535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7181,51 +7708,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7353,52 +7880,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-IV. Сальдо по операциям с финансовыми активами </w:t>
+              <w:t xml:space="preserve">
+Приобретение финансовых активов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7526,52 +8053,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Приобретение финансовых активов </w:t>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7700,87 +8227,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
-[...35 lines deleted...]
-0</w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1 563,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7872,88 +8399,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
--1 563,1</w:t>
+              <w:t xml:space="preserve">
+VI. Финансирование дефицита (использование профицита) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 563,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8045,88 +8572,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-1 563,1</w:t>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8219,51 +8746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступление займов</w:t>
+Погашение займов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8287,192 +8814,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 563,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8492,124 +9023,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Используемые остатки бюджетных средств</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8633,404 +9168,50 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...352 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9096,51 +9277,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Свободные остатки бюджетных средств</w:t>
+свободные остатки бюджетных средств</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>