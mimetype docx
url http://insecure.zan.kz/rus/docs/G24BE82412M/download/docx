--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2386596" w14:textId="2386596">
+    <w:p w14:paraId="02092fd" w14:textId="02092fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,51 +323,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 54 941,0 тысяча тенге, в том числе:</w:t>
+      1) доходы – 54 941,0 тысяча тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговые поступления – 13 012,0 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -413,51 +413,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления трансфертов – 41 929,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 56976,2 тысяч тенге;</w:t>
+      2) затраты – 56 976,2 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -539,69 +539,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -2 035,2 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета –0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 2 035,2 тысяч тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступление займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -611,89 +611,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 2 035,2 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 0 тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/13</w:t>
+        <w:t>№ 8С 32/14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1193,61 +1193,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Сепеевского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/13</w:t>
+        <w:t>№ 8С 32/14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1841,51 +1841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 941,0</w:t>
+54 941,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2018,51 +2018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13 012,0</w:t>
+13 012,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2195,51 +2195,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-986,0</w:t>
+1 937,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2372,51 +2372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-986,0</w:t>
+1 937,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2549,51 +2549,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 471,0</w:t>
+8 243,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3080,51 +3080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 291,0</w:t>
+5 022,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3257,51 +3257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 915,0</w:t>
+3 003,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3434,51 +3434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 555,0</w:t>
+2 783,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3611,51 +3611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 555,0</w:t>
+2 783,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5148,51 +5148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56 976,2</w:t>
+56 976,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8280,51 +8280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--2 035,2</w:t>
+-2035,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8453,51 +8453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 035,2</w:t>
+2035,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8831,57 +8831,61 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8972,228 +8976,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 035,2</w:t>
+2035.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2 035,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2035.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9213,227 +9217,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...175 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -9503,51 +9330,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 035,2</w:t>
+2035,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -25319,61 +25146,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Целевые трансферты из вышестоящих бюджетов на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 4 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 4 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/13</w:t>
+        <w:t>№ 8С 32/14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -25510,51 +25337,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 400</w:t>
+14 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25587,128 +25414,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 400</w:t>
+14 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оплата обслуживание системы учета и контроля рабочего времени</w:t>
+Приобретение служебного автомобиля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14 400</w:t>
+14 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>