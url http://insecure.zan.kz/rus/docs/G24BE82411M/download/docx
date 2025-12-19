--- v0 (2025-11-09)
+++ v1 (2025-12-19)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eaa38a8" w14:textId="eaa38a8">
+    <w:p w14:paraId="cba7c07" w14:textId="cba7c07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -312,148 +312,536 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доходы – 25 544,1 тысячи тенге, в том числе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      налоговые поступления – 5 763,0 тысячи тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      неналоговые поступления – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступления от продажи основного капитала – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступления трансфертов – 19 781,1 тысяча тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) затраты – 26 287,2 тысяч тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) чистое бюджетное кредитование – 0 тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бюджетные кредиты – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      погашение бюджетных кредитов – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сальдо по операциям с финансовыми активами – 0 тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      приобретение финансовых активов – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      поступления от продажи финансовых активов государства – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) дефицит (профицит) бюджета – -743,1тысячи тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 743,1 тысячи тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      поступление займов – 0 тенге; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      погашение займов – 0 тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      используемые остатки бюджетных средств – 743,1 тысячи тенге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/12</w:t>
+        <w:t>№ 8С 32/13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1.2. Учесть, что в бюджете Полтавского сельского округа на 2025 год предусмотрены целевые трансферты из вышестоящих бюджетов, согласно приложению 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 1.2 в соответствии с решением Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С 32/13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть в бюджете Полтавского сельского округа на 2025 год объем бюджетной субвенции, передаваемой из районного бюджета в бюджет Полтавского сельского округа в сумме 15 814 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -712,94 +1100,94 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С 24/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Полтавского сельского округа на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/12</w:t>
+        <w:t>№ 8С 32/13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1393,51 +1781,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 577,0</w:t>
+25 544,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1747,51 +2135,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 332,0</w:t>
+1 483,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1924,51 +2312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 332,0</w:t>
+1 483,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2101,51 +2489,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 431,0</w:t>
+4 271,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2278,51 +2666,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-283,0</w:t>
+211,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2455,51 +2843,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66,0</w:t>
+53,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2632,51 +3020,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 932,0</w:t>
+3 872,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2809,51 +3197,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150,0</w:t>
+133,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2986,51 +3374,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3163,51 +3551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+7,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3694,51 +4082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 814,0</w:t>
+19 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3871,51 +4259,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 814,0</w:t>
+19 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4048,51 +4436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 814,0</w:t>
+19 781,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4518,63 +4906,50 @@
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...11 lines deleted...]
-        </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -4700,51 +5075,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 320,1</w:t>
+26 287,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4878,51 +5253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 302,8</w:t>
+24 188,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5037,51 +5412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 302,8</w:t>
+24 188,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5176,51 +5551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 302,8</w:t>
+24 188,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5354,51 +5729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 507,4</w:t>
+1 588,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5513,51 +5888,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 507,4</w:t>
+1 588,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5652,51 +6027,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 007,4</w:t>
+1 088,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -9406,68 +9781,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С 24/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Полтавского сельского округа на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17003,68 +17378,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С 24/11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Полтавского сельского округа на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24424,50 +24799,564 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4 к решению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атбасарского районного маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 17 октября 2025 года № 8С 32/13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Целевые трансферты из вышестоящих бюджетов на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Решение дополнено приложением 4 в соответствии с решением Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С 32/13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысячи тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 967,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из районного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 967,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 967,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>