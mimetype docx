--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="77b0741" w14:textId="77b0741">
+    <w:p w14:paraId="b4b32b8" w14:textId="b4b32b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,141 +323,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 23 412,0 тысяч тенге, в том числе:</w:t>
+      1) доходы – 28 753,8 тысячи тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 7 674,0 тысячи тенге;</w:t>
+      налоговые поступления – 8 303,7 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 225,0 тысяч тенге;</w:t>
+      неналоговые поступления – 233,7 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи основного капитала – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 15 513,0 тысяч тенге;</w:t>
+      поступления трансфертов – 20 216,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 24 974,6 тысячи тенге;</w:t>
+      2) затраты – 30 316,4 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -539,227 +539,329 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -1 562,6 тысячи тенге;</w:t>
+      5) дефицит (профицит) бюджета – -1 562,6 тысячи тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 1 562,6 тысячи тенге:</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 1 562,6 тысячи тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      поступление займов – 0 тенге;</w:t>
+        <w:t xml:space="preserve">
+      поступление займов – 0 тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 1 562,6 тенге.</w:t>
+      используемые остатки бюджетных средств – 1 562,6 тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/10</w:t>
+        <w:t>№ 8С 32/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1.2. Учесть, что в бюджете села Новосельское на 2025 год предусмотрены целевые трансферты из вышестоящих бюджетов, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Решение дополнено пунктом 1.2 в соответствии с решением Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С 32/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Учесть в бюджете села Новосельское на 2025 год объем бюджетной субвенции, передаваемой из районного бюджета в бюджет села Новосельское в сумме 15 513 тысяч тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие с 1 января 2025 года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -966,94 +1068,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С 24/9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Новосельское на 2025 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/10</w:t>
+        <w:t>№ 8С 32/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1647,51 +1749,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23 412,0</w:t>
+28 753,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1824,51 +1926,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 674,0</w:t>
+8 303,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2001,51 +2103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 385,0</w:t>
+2 710,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2178,51 +2280,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 385,0</w:t>
+2 710,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2355,51 +2457,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 072,0</w:t>
+5 592,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2532,51 +2634,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-253,0</w:t>
+193,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2709,51 +2811,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17,0</w:t>
+15,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2886,51 +2988,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 652,0</w:t>
+4 533,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3063,51 +3165,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150,0</w:t>
+787,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3240,51 +3342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217,0</w:t>
+63,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3417,51 +3519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-217,0</w:t>
+63,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3594,51 +3696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-225,0</w:t>
+233,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3980,373 +4082,391 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-15 513,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Прочие штрафы, пени, санкции, взыскания, налагаемые </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+государственными учреждениями, финансируемыми из местного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4375,155 +4495,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
-[...103 lines deleted...]
-15 513,0</w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4584,123 +4704,831 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Другие неналоговые поступления в местный бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 216,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20 216,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 513,0</w:t>
+20 216,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5308,51 +6136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24 974,6</w:t>
+30 316,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5486,51 +6314,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 912,0</w:t>
+24 153,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5645,51 +6473,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 912,0</w:t>
+24 153,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5784,51 +6612,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-18 912,0</w:t>
+24 153,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5962,51 +6790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 562,6</w:t>
+5 662,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -6121,51 +6949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 562,6</w:t>
+5 662,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -6260,51 +7088,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 100,0</w:t>
+1 200,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -9597,68 +10425,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С 24/9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Новосельское на 2026 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17687,68 +18515,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 декабря 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8С 24/9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет села Новосельское на 2027 год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -25601,50 +26429,562 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4 к решению</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атбасарского районного маслихата</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 17 октября 2025 года № 8С 32/11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Целевые трансферты из вышестоящих бюджетов на 2025 год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Решение дополнено приложением 4 в соответствии с решением Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С 32/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма, тысячи тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 703,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Целевые текущие трансферты из районного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 703,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Услуги по обеспечению деятельности акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 703,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>