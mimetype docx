--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4a496d6" w14:textId="4a496d6">
+    <w:p w14:paraId="cbf5649" w14:textId="cbf5649">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,141 +323,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 27 902,5 тысячи тенге, в том числе:</w:t>
+      1) доходы – 34 671,7 тысяча тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 5 340,0 тысяч тенге;</w:t>
+      налоговые поступления – 4 913,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       неналоговые поступления – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 0 тенге;</w:t>
+      поступления от продажи основного капитала – 726,6 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 22 562,5 тысячи тенге;</w:t>
+      поступления трансфертов – 29 031,5 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 28 122,2 тысячи тенге;</w:t>
+      2) затраты – 34 891,4 тысяча тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -639,61 +639,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/6</w:t>
+        <w:t>№ 8С 32/8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1079,61 +1079,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет сельского округа Бастау на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/6</w:t>
+        <w:t>№ 8С 32/8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1727,51 +1727,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27 902,5</w:t>
+34 671,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1904,51 +1904,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 340,0</w:t>
+4 913,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2081,51 +2081,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 225,0</w:t>
+1 074,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2258,51 +2258,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 225,0</w:t>
+1 074,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2435,51 +2435,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 051,0</w:t>
+3 826,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2789,51 +2789,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46,0</w:t>
+50,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2966,51 +2966,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 367,0</w:t>
+3 138,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3320,51 +3320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64,0</w:t>
+12,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3497,51 +3497,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-64,0</w:t>
+12,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3851,228 +3851,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+726,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-22 562,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+726,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4092,195 +4092,549 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-22 562,5</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+726,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 031,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 031,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4382,51 +4736,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22 562,5</w:t>
+29 031,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5034,51 +5388,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28 122,2</w:t>
+34 891,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5212,51 +5566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 349,2</w:t>
+24 668,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5371,51 +5725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 349,2</w:t>
+24 668,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5510,51 +5864,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 349,2</w:t>
+24 668,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5688,51 +6042,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 773,0</w:t>
+9 223,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -5847,51 +6201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 773,0</w:t>
+9 223,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5986,51 +6340,190 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 273,0</w:t>
+8 273,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитариинаселенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -24413,50 +24906,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Решение дополнено приложением 4 в соответствии с решением Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 8С 29/6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025); в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8С 32/8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24661,51 +25174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 541,5</w:t>
+1541,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>