--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3e6f7b0" w14:textId="3e6f7b0">
+    <w:p w14:paraId="9cd30ba" w14:textId="9cd30ba">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -323,141 +323,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2025 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 791 771,0 тысяча тенге, в том числе:</w:t>
+      1) доходы – 955 808,8 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 736 997,0 тысяч тенге;</w:t>
+      налоговые поступления – 738 238,1 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 9 774,0 тысячи тенге;</w:t>
+      неналоговые поступления – 11 570,7 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 45 000,0 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 45 000,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 0 тенге;</w:t>
+      поступления трансфертов – 161 000,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 855 128,4 тысяч тенге;</w:t>
+      2) затраты – 1 020 454,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) чистое бюджетное кредитование – 0 тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -539,161 +539,161 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -62 145,4 тысяч тенге;</w:t>
+      5) дефицит (профицит) бюджета – -64 645,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 62145,4 тысяч тенге;</w:t>
+      6) финансирование дефицита (использование профицита) бюджета – 64 645,5 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      поступление займов – 0 тенге;</w:t>
+        <w:t xml:space="preserve">
+      поступление займов – 0 тенге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       погашение займов – 0 тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      используемые остатки бюджетных средств – 62145,4 тысяч тенге.</w:t>
+      используемые остатки бюджетных средств – 64 645,5 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/4</w:t>
+        <w:t>№ 8С 32/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1019,61 +1019,61 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет города Атбасар на 2025 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 25.06.2025 </w:t>
+      Сноска. Приложение 1 - в редакции решения Атбасарского районного маслихата Акмолинской области от 17.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С 29/4</w:t>
+        <w:t>№ 8С 32/4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1667,51 +1667,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-791 771,0</w:t>
+955 808,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1844,51 +1844,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-736 997,0</w:t>
+738 238,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2375,51 +2375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-192 991,0</w:t>
+194 232,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2906,51 +2906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-163 131,0</w:t>
+164 372,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3437,51 +3437,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 774,0</w:t>
+11 570,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3823,196 +3823,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-45 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 787,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4032,164 +4032,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-45 000,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штрафы, пени, санкции, взыскания, налагаемые государственными учреждениями, финансируемыми из государственного бюджета, а также содержащимися и финансируемыми из бюджета (сметы расходов) Национального Банка Республики Казахстан, за исключением поступлений от организаций нефтяного сектора и в Фонд компенсации потерпевшим</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 787,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4209,164 +4209,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-30 000,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4427,123 +4427,1008 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...71 lines deleted...]
-15 000,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие неналоговые поступления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи основного капитала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Продажа земли и нематериальных активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+161 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+161 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+161 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5151,62 +6036,63 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-853 916,4</w:t>
+1 020 454,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5328,94 +6214,76 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 617,0</w:t>
+67 077,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5505,122 +6373,84 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 617,0</w:t>
+67 077,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...59 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5682,271 +6512,254 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 617,0</w:t>
+67 077,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...164 lines deleted...]
-208 901,4</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Социальная помощь и социальное обеспечение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6036,1510 +6849,1286 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-208 901,4</w:t>
+39,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-51 738,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+003</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оказание социальной помощи нуждающимся гражданам на дому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...164 lines deleted...]
-34 062,0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+211 939,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-350,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+211 939,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-122 751,2</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 138,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-162 744,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 057,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-162 744,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Содержание мест захоронений и погребение безродных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+350,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-162 744,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+117 393,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...164 lines deleted...]
-32 940,0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Транспорт и коммуникации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+321 744,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -7629,2155 +8218,1896 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32 940,0</w:t>
+321 744,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-32 940,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+243 744,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-326 714,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+78 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...164 lines deleted...]
-326 714,0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-326 714,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-60 000,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+042</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обслуживание долга аппарата акима города районного значения, села, поселка, сельского округа по выплате вознаграждений и иных платежей по займам из районного (города областного значения) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32 940,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...164 lines deleted...]
-60 000,0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+326 714,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-60 000,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+326 714,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные изъятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+326 714,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Возврат неиспользованных (недоиспользованных) целевых трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:tcBorders>
-[...160 lines deleted...]
-0</w:t>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...161 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение долга аппарата акима города районного значения, села, поселка, сельского округа перед вышестоящим бюджетом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+60 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9870,51 +10200,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Поступления от продажи финансовых активов государства</w:t>
+III. Чистое бюджетное кредитование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10043,87 +10373,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-V. Дефицит (профицит) бюджета </w:t>
-[...35 lines deleted...]
--62 145,4</w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10215,225 +10545,229 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-62 145,4</w:t>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Поступление займов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10489,124 +10823,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-Погашение займов</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10694,305 +11032,305 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-62 145,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов, выданных из государственного бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-62 145,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Сальдо по операциям с финансовыми активами </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11012,164 +11350,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-62 145,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Приобретение финансовых активов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11221,50 +11555,1442 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Дефицит (профицит) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-64 645,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+VI. Финансирование дефицита (использование профицита) бюджета </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 645,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступление займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение займов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 645,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Используемые остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 645,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки бюджетных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 645,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -11302,51 +13028,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 145,4</w:t>
+64 645,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>