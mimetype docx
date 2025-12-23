--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="49b4aa7" w14:textId="49b4aa7">
+    <w:p w14:paraId="c3f445e" w14:textId="c3f445e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>Об утверждении Положения о государственном учреждении "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата города Усть-Каменогорска Восточно-Казахстанской области от 5 сентября 2023 года № 2883</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с пунктом 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -175,171 +181,186 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном имуществе", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 сентября 2021 года № 590 "О некоторых вопросах организации деятельности государственных органов и их структурных подразделений", акимат города Усть-Каменогорска ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственном учреждении "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Постановление акимата города Усть-Каменогорска от 05 января 2021 года № 2 "Об утверждении Положения о государственном учреждении "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области" отменить.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственному учреждению "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области" обеспечить принятие мер, вытекающих из настоящего постановления предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...15 lines deleted...]
-      2. Постановление акимата города Усть-Каменогорска от 05 января 2021 года № 2 "Об утверждении Положения о государственном учреждении "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области" отменить.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением постановления возложить на руководителя аппарата акима города Усть-Каменогорска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...15 lines deleted...]
-      3. Государственному учреждению "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области" обеспечить принятие мер, вытекающих из настоящего постановления предусмотренных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -434,50 +455,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Омар</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -511,1730 +550,1904 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение </w:t>
-[...12 lines deleted...]
-              <w:t xml:space="preserve">к постановлению акимата </w:t>
+              <w:t xml:space="preserve">Приложение к постановлению акимата </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">города Усть-Каменогорска </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от "05" сентября 2023 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 2883</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Аппарат акима города Усть-Каменогорска Восточно-Казахстанской области" (далее - Аппарат) является государственным органом Республики Казахстан, осуществляющим руководство в сфере обеспечения деятельности местного исполнительного органа и акима города.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Аппарат осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Аппарат является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Аппарат вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Аппарат имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством, а также настоящим Положением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Аппарат по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Аппарата и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
-[...15 lines deleted...]
-      3. Аппарат является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности Аппарата утверждаются акиматом города в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
-[...15 lines deleted...]
-      4. Аппарат вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение Аппарата: Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Пермитина, 17, почтовый индекс 070004.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...15 lines deleted...]
-      5. Аппарат имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством, а также настоящим Положением.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Настоящее Положение является учредительным документом Аппарата.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Финансирование деятельности Аппарата осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      6. Аппарат по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Аппарата и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Аппарату запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Аппарата.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      7. Структура и лимит штатной численности Аппарата утверждаются акиматом города в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Аппарату законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      8. Местонахождение Аппарата: Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Пермитина, 17, почтовый индекс 070004.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      9. Настоящее Положение является учредительным документом Аппарата.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      10. Финансирование деятельности Аппарата осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение деятельности акима и акимата города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      11. Аппарату запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Аппарата.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организация и осуществление контроля за исполнением актов и поручений Президента Республики Казахстан, Правительства Республики Казахстан, акима и акимата Восточно-Казахстанской области и города, заместителей акима области и города, руководителя аппарата акима области и города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      Если Аппарату законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) координация деятельности исполнительных органов города, финансируемых из местного бюджета (далее – исполнительные органы) в пределах, установленной законодательством компетенции по реализации задач, поставленных Президентом Республики Казахстан, Правительством Республики Казахстан, акимом и акиматом области и города.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      проводить внутренний контроль исполнительных органов города в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения об ответственности руководителей за неисполнение или ненадлежащее исполнение поручений акима города, заместителей акима и руководителя аппарата акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения по совершенствованию работы исполнительных органов в вопросах реализации возложенных на них функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные права, предусмотренные действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять правовой мониторинг нормативных правовых актов акима и акимата города и своевременно принимать меры по внесению в них изменений и (или) дополнений, или признанию их утратившими силу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращаться в суд и участвовать при рассмотрении судом по нарушениям законодательства Республики Казахстан в пределах компетенции Аппарата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполнять иные обязательства, предусмотренные действующим законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационно-аналитическое обеспечение деятельности акимата и акима города:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка совместно с заинтересованными государственными органами акиму информационных, аналитических материалов по вопросам развития города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация проведения оценки эффективности деятельности исполнительных органов в рамках установленной законодательством Республики Казахстан компетенции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ведение анализа нормотворческой деятельности акимата и акима города, правового мониторинга нормативных правовых актов акимата и акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мониторинг и оценка качества оказываемых государственных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      информационное наполнение сайта акимата города Усть-Каменогорска;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      анализ состояния исполнительской дисциплины в аппарате акима города и его структурных подразделениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2)организационное обеспечение деятельности акимата и акима города:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка годовых перечней вопросов для рассмотрения на заседаниях акимата города, составление повесток дня, подготовка материалов к заседаниям акимата области и города, оформление и рассылка материалов, протоколов заседаний акимата города, издание актов акима и акимата города, их рассылка и хранение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация проведения совещаний акима города, его заместителей, подготовка протоколов совещаний;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка и организация официальных приемов, встреч с акимом города, его заместителями, руководителем аппарата акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация и ведение делопроизводства, в том числе секретного, специальной связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      координация работы по обеспечению Единой системы электронного документооборота государственных органов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка ежемесячных графиков и организация приема граждан акимом города, его заместителями, руководителем аппарата акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рассмотрение письменных обращений граждан и юридических лиц, поступающих на имя акима города, его заместителей, руководителя аппарата акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация учебы кадров в филиале Академии государственного управления при Президенте Республики Казахстан по Восточно-Казахстанской области и в Академии государственного управления при Президенте Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация деятельности местного исполнительного органа города по государственным наградам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение регистрации, хранения и передачи в архив актов акима и акимата города, документации и переписки акима, его заместителей, акимата города с Администрацией Президента Республики Казахстан, Канцелярией Премьер-Министра Республики Казахстан, иными центральными исполнительными органами Республики Казахстан, территориальными подразделениями центральных исполнительных органов, исполнительными органами области, города, судебными, правоохранительными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация взаимодействия акима и акимата города, в пределах компетенций с правоохранительными органами по вопросам безопасности, профилактики правонарушений, противодействия коррупции, иным вопросам организации общественного порядка на территории города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      развитие и сопровождение информационных систем и информационных ресурсов местного исполнительного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечение функционирования в рамках исполнения законодательства Республики Казахстан по формированию "электронного правительства";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация работы акима города по координации деятельности исполнительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) правовое обеспечение деятельности акимата и акима города:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представление и защита интересов акимата и акима города, аппарата акима в судебных и иных правоохранительных органах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      подготовка проектов актов акима и акимата города по поручениям акима, его заместителей, руководителя аппарата акима;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      организация правовой экспертизы проектов нормативных правовых и правовых актов, акима и акимата, поступивших на согласование в аппарат акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) материально-техническое обеспечение деятельности акимата и акима города:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществление мероприятий по организации государственных закупок в целях бесперебойной организации деятельности акима и акимата города, аппарата акима города;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организация работы в области профилактики правонарушений, безнадзорности и беспризорности среди несовершеннолетних в пределах компетенции, установленной законодательными актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) обеспечение организации мероприятий по воинской приписке и призыву на воинскую службу, а также по вопросам гражданской обороны;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление иных функций, установленных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 14 с изменением, внесенным постановлением - акимата города Усть-Каменогорска Восточно-Казахстанской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3734</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
-[...819 lines deleted...]
-      организация правовой экспертизы проектов нормативных правовых и правовых актов, акима и акимата, поступивших на согласование в аппарат акима города;</w:t>
+        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
-[...15 lines deleted...]
-      4) материально-техническое обеспечение деятельности акимата и акима города:</w:t>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Руководство Аппаратом осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Аппарат задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
-[...15 lines deleted...]
-      осуществление мероприятий по организации государственных закупок в целях бесперебойной организации деятельности акима и акимата города, аппарата акима города;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководитель Аппарата назначается на должность и освобождается от должности акимом города в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
-[...15 lines deleted...]
-      5) организация работы в области профилактики правонарушений, безнадзорности и беспризорности среди несовершеннолетних в пределах компетенции, установленной законодательными актами Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Полномочия руководителя Аппарата:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
-[...15 lines deleted...]
-      6) осуществление иных функций, установленных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) решает вопросы деятельности Аппарата в соответствии с его компетенцией, определяемой законодательством Республики Казахстан и настоящим Положением;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) созывает в установленном порядке совещания по вопросам, входящим в компетенцию Аппарата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) определяет полномочия работников Аппарата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) представляет интересы Аппарата во всех организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществляет иные полномочия, предусмотренные законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий руководителя Аппарата в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
-[...119 lines deleted...]
-      3) определяет полномочия работников Аппарата;</w:t>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
-[...15 lines deleted...]
-      4) представляет интересы Аппарата во всех организациях;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Аппарат может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
-[...15 lines deleted...]
-      5) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Имущество Аппарата формируется за счет имущества, переданного ему собственником, а также имущества, приобретенного в результате собственной деятельности, и иных источников, не запрещенных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательством</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Имущество, закрепленное за Аппаратом, относится к коммунальной собственности города.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
-[...15 lines deleted...]
-      6) осуществляет иные полномочия, предусмотренные законодательством.</w:t>
+    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Аппарат не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
-[...15 lines deleted...]
-      Исполнение полномочий руководителя Аппарата в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственого органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...108 lines deleted...]
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Реорганизация и упразднение Аппарата осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2560,31 +2773,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>