--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d4f1725" w14:textId="d4f1725">
+    <w:p w14:paraId="d29f46c" w14:textId="d29f46c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -784,2538 +784,2874 @@
         <w:t>
       2) государственное казенное предприятие на праве хозяйственного ведения "Өскемен Водоканал" акимата города Усть-Каменогорска;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) коммунальное государственное предприятие на праве хозяйственного ведения "ТАЗА ӨСКЕМЕН" акимата города Усть-Каменогорска;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      4) товарищество с ограниченной ответственностью "Центр управления пассажирскими перевозками города Усть-Каменогорска";</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) исключен постановлением акимата города Усть-Каменогорска Восточно-Казахстанской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) товарищество с ограниченной ответственностью "Транспортная компания города Усть-Каменогорска".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением акимата города Усть-Каменогорска Восточно-Казахстанской области от 05.07.2023 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 2171</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным постановлением акимата города Усть-Каменогорска Восточно-Казахстанской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отдел осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отдел является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...35 lines deleted...]
-        <w:t>, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Отдел вступает в гражданско-правовые отношения от собственного имени.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      5. Отдел вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Отдел имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      6. Отдел имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан, а также настоящим Положением.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Отдела и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Отдела и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Лимит штатной численности Отдела утверждается акиматом города Усть-Каменогорска в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности Отдела утверждаются в соответствии с действующим законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции постановления акимата города Усть - Каменогорска Восточно-Казахстанской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение Отдела: Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Казахстан, 27, почтовый индекс 070004.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      9. Местонахождение Отдела: Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Казахстан, 27, почтовый индекс 070004.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Отдела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Отдела.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Отдела осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности Отдела осуществляется из местного бюджета в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Отдела.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
-[...15 lines deleted...]
-      12. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Отдела.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Отделу законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
-[...15 lines deleted...]
-      Если Отделу законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
-[...15 lines deleted...]
-      13. Задачи:</w:t>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организация и обеспечение функционирования и развития систем инженерного обеспечения жизнедеятельности города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
-[...15 lines deleted...]
-      1) организация и обеспечение функционирования и развития систем инженерного обеспечения жизнедеятельности города;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) взаимодействие с предприятиями коммунальной сферы в вопросах стабилизации уровня и дальнейшего роста качества коммунальных услуг, получаемых населением и учреждениями бюджетной сферы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
-[...15 lines deleted...]
-      2) взаимодействие с предприятиями коммунальной сферы в вопросах стабилизации уровня и дальнейшего роста качества коммунальных услуг, получаемых населением и учреждениями бюджетной сферы;</w:t>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение необходимого уровня благоустройства, санитарного состояния, озеленения и проведения комплекса мероприятий по созданию и поддержанию благоприятной окружающей среды в городе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...15 lines deleted...]
-      3) обеспечение необходимого уровня благоустройства, санитарного состояния, озеленения и проведения комплекса мероприятий по созданию и поддержанию благоприятной окружающей среды в городе;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реализация государственных программ на территории города в пределах компетенции местного исполнительного органа города, установленной законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
-[...15 lines deleted...]
-      4) реализация государственных программ на территории города в пределах компетенции местного исполнительного органа города, установленной законодательством.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
-[...15 lines deleted...]
-      14. Полномочия:</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
-[...15 lines deleted...]
-      1) права:</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      представлять интересы Отдела и государства и защищать их права в пределах компетенции во всех организациях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
-[...15 lines deleted...]
-      представлять интересы Отдела и государства и защищать их права в пределах компетенции во всех организациях;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить предложения акиму города и в исполнительные органы о совершенствовании деятельности в сфере благоустройства.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
-[...15 lines deleted...]
-      вносить предложения акиму города и в исполнительные органы о совершенствовании деятельности в сфере благоустройства.</w:t>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осуществлять права владения и пользования государственным пакетом акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью, субъекта права государственных юридических лиц, в том числе, принимать решения, аналогично компетенции уполномоченных органов соответствующей отрасли согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательству</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан о государственном имуществе;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять правовой мониторинг нормативных правовых актов акима и акимата города, разработчиком которых являлся Отдел и своевременно принимать меры по внесению в них изменений и (или) дополнений, или признанию их утратившими силу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      осуществлять правовой мониторинг нормативных правовых актов акима и акимата города, разработчиком которых являлся Отдел и своевременно принимать меры по внесению в них изменений и (или) дополнений, или признанию их утратившими силу;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обращаться в суд и участвовать при рассмотрении судом по нарушениям законодательства Республики Казахстан в пределах компетенции местного исполнительного органа города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      обращаться в суд и участвовать при рассмотрении судом по нарушениям законодательства Республики Казахстан в пределах компетенции местного исполнительного органа города;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные права и выполнять иные обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      осуществлять иные права и выполнять иные обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      15. Функции:</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализация основных направлений государственной политики в сфере жилищно-коммунального хозяйства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      1) реализация основных направлений государственной политики в сфере жилищно-коммунального хозяйства;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) организация строительства и эксплуатации водопроводов, очистных сооружений, тепловых и электрических сетей и других объектов транспортной и инженерной инфраструктуры, сетей связи города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      2) организация строительства и эксплуатации водопроводов, очистных сооружений, тепловых и электрических сетей и других объектов транспортной и инженерной инфраструктуры сетей связи города;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) организация содержания и обслуживания кладбищ мест захоронений и погребения безродных, осуществление контроля за соблюдением условий договора об организации дела по погребению в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> погребения и организации дела по уходу за могилами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      3) организация содержания и обслуживания кладбищ мест захоронений и погребения безродных, осуществление контроля за соблюдением условий договора об организации дела по погребению;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) размещение актуальной информации по занятым и свободным участкам кладбищ на официальном интернет-ресурсе местного исполнительного органа города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      4) размещение актуальной информации по занятым и свободным участкам кладбищ на официальном интернет-ресурсе местного исполнительного органа города;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организация работ по благоустройству, освещению, озеленению, санитарной очистке территории города и внешнего оформления общественных мест в пределах компетенции местного исполнительного органа города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      5) организация работ по благоустройству, освещению, озеленению, санитарной очистке территории города и внешнего оформления общественных мест в пределах компетенции местного исполнительного органа города;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) участие в формировании ценовой (тарифной) политики в сфере коммунальных услуг в пределах полномочий местного исполнительного органа города, предоставленных законодательством;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      6) участие в формировании ценовой (тарифной) политики в сфере коммунальных услуг в пределах полномочий местного исполнительного органа города, предоставленных законодательством;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) разработка планов мероприятий по строительству, реконструкции и капитальному ремонту объектов жилищно-коммунального хозяйства, городских дорог, объектов благоустройства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      7) разработка планов мероприятий по строительству, реконструкции и капитальному ремонту объектов жилищно-коммунального хозяйства, городских дорог, объектов благоустройства;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) участие в работе государственных комиссий по приемке в эксплуатацию городских дорог, объектов благоустройства жилищно-коммунального назначения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      8) участие в работе государственных комиссий по приемке в эксплуатацию городских дорог, объектов благоустройства жилищно-коммунального назначения;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участие в решении вопросов финансового и материального обеспечения целевых программ развития жилищно-коммунального хозяйства, пассажирского транспорта, объектов благоустройства и дорожно-мостового хозяйства города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) организация регулярных городских, пригородных перевозок пассажиров и багажа, работы по утверждению маршрутов, организация и проведение конкурсов на правах их обслуживания и утверждение расписания их движения по маршрутам в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан в сфере транспорта;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) ведение реестра маршрутов регулярных городских, пригородных автомобильных перевозок пассажиров и багажа;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
-[...15 lines deleted...]
-      11) ведение реестра маршрутов регулярных городских, пригородных автомобильных перевозок пассажиров и багажа;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) организация перевозок пассажиров и багажа на такси;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...15 lines deleted...]
-      12) организация перевозок пассажиров и багажа на такси;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) организация субсидирования убытков перевозчиков при осуществлении социально-значимых перевозок на городских, пригородных сообщениях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
-[...15 lines deleted...]
-      13) организация субсидирования убытков перевозчиков при осуществлении социально-значимых перевозок на городских, пригородных сообщениях;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) обеспечение безопасности дорожного движения в городе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
-[...15 lines deleted...]
-      14) обеспечение безопасности дорожного движения в городе;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) разработка и реализация мероприятий по организации дорожного движения на дорогах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
-[...15 lines deleted...]
-      15) разработка и реализация мероприятий по организации дорожного движения на дорогах;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) выдача разрешений на вырубку деревьев;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...15 lines deleted...]
-      16) выдача разрешений на вырубку деревьев;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) осуществление контроля за эксплуатацией и техническим состоянием теплоиспользующих установок потребителей, подготовкой и осуществлением ремонтно-восстановительных работ по тепловым сетям и их функционирования в осенне-зимний период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...15 lines deleted...]
-      17) осуществление контроля за эксплуатацией и техническим состоянием теплоиспользующих установок потребителей, подготовкой и осуществлением ремонтно-восстановительных работ по тепловым сетям и их функционирования в осенне-зимний период;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) проведение расследований технологических нарушений на тепловых сетях (магистральных, внутриквартальных);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      18) проведение расследований технологических нарушений на тепловых сетях (магистральных, внутриквартальных);</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) согласование планового ремонта котельных и тепловых сетей (магистральных, внутриквартальных);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      19) согласование планового ремонта котельных и тепловых сетей (магистральных, внутриквартальных);</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) выдача паспортов готовности отопительных котельных всех мощностей и тепловых сетей (магистральных, внутриквартальных) к работе в осенне-зимних условиях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...15 lines deleted...]
-      20) выдача паспортов готовности отопительных котельных всех мощностей и тепловых сетей (магистральных, внутриквартальных) к работе в осенне-зимних условиях;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) ведение учета расследований технологических нарушений в работе тепловых сетей, пришедших к ограничению потребителей тепловой энергии, повреждению энергетического оборудования котельных;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...15 lines deleted...]
-      21) ведение учета расследований технологических нарушений в работе тепловых сетей, пришедших к ограничению потребителей тепловой энергии, повреждению энергетического оборудования котельных;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) организация работы по включению мероприятий по энергосбережению и повышению энергоэффективности в программу развития соответствующего района, города областного значения, а также осуществление информационной деятельности в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      22) организация работы по включению мероприятий по энергосбережению и повышению энергоэффективности в программу развития соответствующего района, города областного значения, а также осуществление информационной деятельности в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) обеспечение проведения государственной политики в области энергосбережения и повышения энергоэффективности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
-[...15 lines deleted...]
-      23) обеспечение проведения государственной политики в области энергосбережения и повышения энергоэффективности;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) реализация государственной политики в области обращения с коммунальными отходами в пределах компетенции местного исполнительного органа города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
-[...15 lines deleted...]
-      24) реализация государственной политики в области обращения с коммунальными отходами в пределах компетенции местного исполнительного органа города;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) организация осуществления раздельного сбора коммунальных отходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
-[...15 lines deleted...]
-      25) организация осуществления раздельного сбора коммунальных отходов;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) разработка правил расчета норм образования и накопления коммунальных отходов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
-[...15 lines deleted...]
-      26) разработка правил расчета норм образования и накопления коммунальных отходов;</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) разработка норм образования и накопления коммунальных отходов для представления на утверждение в местный представительный орган города;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) разработка предложений по тарифам для населения на сбор, транспортировку, сортировку и захоронение твердых бытовых отходов в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан для представления в местный представительный орган города;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) организация разработки программ по управлению коммунальными отходами и обеспечения их выполнения;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
-[...15 lines deleted...]
-      29) организация разработки программ по управлению коммунальными отходами и обеспечения их выполнения;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) обеспечение создания и функционирования необходимой инфраструктуры для субъектов предпринимательства, осуществляющих деятельность по сбору, транспортировке, сортировке, восстановлению и удалению коммунальных отходов, в том числе посредством государственно-частного партнерства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
-[...15 lines deleted...]
-      30) обеспечение создания и функционирования необходимой инфраструктуры для субъектов предпринимательства, осуществляющих деятельность по сбору, транспортировке, сортировке, восстановлению и удалению коммунальных отходов, в том числе посредством государственно-частного партнерства;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) стимулирование раздельного сбора органических коммунальных отходов и их восстановления, в том числе путем компостирования;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
-[...15 lines deleted...]
-      31) стимулирование раздельного сбора органических коммунальных отходов и их восстановления, в том числе путем компостирования;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) организация централизованной системы сбора твердых бытовых отходов, посредством проведения конкурса (тендера) по определению участников рынка твердых бытовых отходов, осуществляющих сбор и транспортировку твердых бытовых отходов в соответствии с требованиями экологического законодательства и правилами управления коммунальными отходами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      32) организация централизованной системы сбора твердых бытовых отходов, посредством проведения конкурса (тендера) по определению участников рынка твердых бытовых отходов, осуществляющих сбор и транспортировку твердых бытовых отходов в соответствии с требованиями экологического законодательства и правилами управления коммунальными отходами;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) осуществление деятельности в области охраны, восстановления и сохранения окружающей среды в сфере и пределах компетенции местного исполнительного органа города, установленных настоящим Положением, в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      33) осуществление деятельности в области охраны, восстановления и сохранения окружающей среды в сфере и пределах компетенции местного исполнительного органа города, установленных настоящим Положением, в соответствии с законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) организация выявления и оценки объектов исторического загрязнения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...15 lines deleted...]
-      34) организация выявления и оценки объектов исторического загрязнения;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) организация ликвидации исторического загрязнения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
-[...15 lines deleted...]
-      35) организация ликвидации исторического загрязнения;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) ведение реестра физических и юридических лиц, подавших уведомление о начале осуществления деятельности по установке и обслуживанию тахографов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
-[...15 lines deleted...]
-      36) ведение реестра физических и юридических лиц, подавших уведомление о начале осуществления деятельности по установке и обслуживанию тахографов;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) ведение реестра индивидуальных предпринимателей и юридических лиц, подавших уведомление о начале осуществления деятельности в качестве перевозчика такси;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
-[...15 lines deleted...]
-      37) ведение реестра индивидуальных предпринимателей и юридических лиц, подавших уведомление о начале осуществления деятельности в качестве перевозчика такси;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) осуществление государственной регистрации транспортных средств городского рельсового транспорта;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
-[...15 lines deleted...]
-      38) осуществление государственной регистрации транспортных средств городского рельсового транспорта;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) организация хранения задержанных транспортных средств, судов, в том числе маломерных судов на специальных площадках или стоянках;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
-[...15 lines deleted...]
-      39) организация хранения задержанных транспортных средств, судов, в том числе маломерных судов на специальных площадках или стоянках;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) организация бесплатных общественно полезных работ, не требующих определенной квалификации для отбывания наказания в виде привлечения к общественным работам лицами, привлеченными к уголовной и административной ответственности в общественных местах, по месту их жительства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
-[...15 lines deleted...]
-      40) организация общественных работ для осужденных, привлеченных к общественным работам в общественных местах по месту их жительства;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) организация и определение мест общественных работ для осужденных к ограничению свободы, не имеющих постоянного места работы и не занятых на учебе, привлеченных к принудительному труду;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
-[...15 lines deleted...]
-      41) организация и определение мест общественных работ для осужденных к ограничению свободы, не имеющих постоянного места работы и не занятых на учебе, привлеченных к принудительному труду;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) составление протоколов об административных правонарушениях в пределах полномочий местного исполнительного органа города за:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
-[...15 lines deleted...]
-      42) составление протоколов об административных правонарушениях за:</w:t>
+    <w:bookmarkStart w:name="z130" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нарушение законодательства Республики Казахстан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об электроэнергетике</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и в области </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>теплоэнергетики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в части субъектов теплоснабжения в местной системе теплоснабжения и потребителей тепловой энергии); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z131" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушение утвержденных правил устройства электроустановок, технической эксплуатации электрических станций и сетей, техники безопасности при эксплуатации тепломеханического оборудования электростанций и тепловых сетей, технической эксплуатации электроустановок потребителей, техники безопасности при эксплуатации электроустановок, техники безопасности при эксплуатации электроустановок потребителей, а также нарушение установленных режимов энергопотребления (в части субъектов теплоснабжения в местной системе теплоснабжения и потребителей тепловой энергии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z132" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      несоблюдение утвержденных нормативов запасов топлива энергопроизводящими организациями и теплопроизводящими субъектами в осенне-зимний период (в части субъектов теплоснабжения в местной системе теплоснабжения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z133" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нарушение срока получения паспорта готовности (в части субъектов теплоснабжения в местной системе теплоснабжения); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z134" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушение требований к выдаче технических условий на подключение к электрическим и тепловым сетям (в части субъектов теплоснабжения в местной системе теплоснабжения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z135" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нарушение требований о предоставлении информации о технологических нарушениях (в части субъектов теплоснабжения в местной системе теплоснабжения); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z136" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушение правил организации технического обслуживания и ремонта оборудования, зданий и сооружений электростанций, источников тепловой энергии, тепловых и электрических сетей (в части субъектов теплоснабжения в местной системе теплоснабжения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z137" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       нарушение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан об электроэнергетике (в части котельных всех мощностей, тепловых сетей и тепловой энергии);</w:t>
-[...63 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+        <w:t xml:space="preserve"> Республики Казахстан в области поддержки использования возобновляемых источников энергии (в части субъектов теплоснабжения в местной системе теплоснабжения и потребителей тепловой энергии); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z138" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      нарушение </w:t>
-[...79 lines deleted...]
-      нарушение ограничений по продаже и использованию продукции в области энергосбережения и повышения энергоэффективности;</w:t>
+      повреждение тепловых сетей (в части тепловых сетей субъектов теплоснабжения в местной системе теплоснабжения, потребителей тепловой энергии); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkStart w:name="z139" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      производство работ в охранных зонах линий электрических и тепловых сетей (в части охранных зон тепловых сетей в местных системах теплоснабжения, потребителей тепловой энергии); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z140" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      самовольное подключение к тепловым сетям централизованной системы теплоснабжения и (или) местной системы теплоснабжения (в части тепловых сетей в местных системах теплоснабжения и потребителей тепловой энергии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z141" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушение ограничений по продаже и использованию продукции в области энергосбережения и повышения энергоэффективности, совершенное в виде использования электрических ламп накаливания мощностью 25 Вт и выше, которые могут быть использованы в цепях переменного тока в целях освещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z142" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       незаконную порубку, уничтожение или повреждение деревьев и кустарников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z102" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) внесение предложений по утверждению перечня улиц города;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z103" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      44) организация работ по строительству, реконструкции, эксплуатации, ремонту и содержанию улиц города в соответствии с </w:t>
+      44) организация работ по строительству, реконструкции, эксплуатации, ремонту и содержанию дорог, улиц города в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан о государственных закупках, в области государственно-частного партнерства и о концессиях;</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+        <w:t xml:space="preserve"> Республики Казахстан о государственных закупках, в области </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственно-частного партнерства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z104" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) разработка предложений по передаче участков автомобильных дорог (мостовых переходов) для реализации проекта государственно-частного партнерства, порядка и условий их эксплуатации, размера ставок за проезд по ним;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z105" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) управление сетью улиц города, планирование развития улично-дорожной сети города;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z106" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) управление дорогами и дорожными предприятиями, находящимися в коммунальной собственности города;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z143" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-1) обеспечивает в местах расположения учреждений, ориентированных на обслуживание лиц с инвалидностью, а также в наиболее людных местах установление специальных светофоров с синхронными звуковыми и световыми сигналами, дорожных знаков и указателей, пешеходных переходов, обустроенных звуковыми и световыми устройствами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z144" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-2) принимает решение о размещении электрозарядных станций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z145" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-3) осуществляет государственный контроль за безопасной эксплуатацией оборудования для детских игровых площадок;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z146" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47-4) расчет тарифа на перевозку пассажиров и багажа по социально-значимым маршрутам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z107" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) разработка проектов правовых и нормативных правовых актов акима и акимата города по вопросам, входящим в компетенцию Отдела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z108" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) осуществление иных функций в интересах местного государственного управления, предусмотренных действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменениями, внесенным постановлением акимата города Усть-Каменогорска Восточно-Казахстанской области от 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3733</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z110" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Отделом осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих полномочий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z111" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Отдела назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z112" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Отдела имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z113" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Отдела:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z114" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) решает вопросы деятельности учреждения в соответствии с его компетенцией, определяемой законодательством Республики Казахстан и настоящим Положением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z115" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) самостоятельно определяет структуру Отдела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z116" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) созывает в установленном порядке совещания по вопросам, входящим в компетенцию Отдела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z117" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) определяет полномочия работников Отдела;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z118" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) представляет интересы Отдела во всех организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z119" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z120" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) осуществляет иные полномочия, предусмотренные законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z121" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Исполнение полномочий первого руководителя Отдела в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z122" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Первый руководитель определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z123" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z124" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z125" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества, приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z126" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Имущество, закрепленное за Отделом, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z127" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z128" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственого органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-[...39 lines deleted...]
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z129" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>