--- v0 (2025-11-07)
+++ v1 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ad09ec3" w14:textId="ad09ec3">
+    <w:p w14:paraId="67e2b5d" w14:textId="67e2b5d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,53 +100,59 @@
         </w:rPr>
         <w:t>Об утверждении Положения о государственном учреждении "Отдел внутренней политики города Усть-Каменогорска"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата города Усть-Каменогорска Восточно-Казахстанской области от 7 февраля 2023 года № 460</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -175,171 +181,186 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном имуществе", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 1 сентября 2021 года № 590 "О некоторых вопросах организации деятельности государственных органов и их структурных подразделений", акимат города Усть-Каменогорска ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> о государственном учреждении "Отдел внутренней политики города Усть-Каменогорска".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственному учреждению "Отдел внутренней политики города Усть-Каменогорска" обеспечить принятие мер, вытекающих из настоящего постановления, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отменить постановление акимата города Усть-Каменогорска от 25 июня 2020 года № 2160 "Об утверждении Положения о государственном учреждении "Отдел внутренней политики города Усть-Каменогорска".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...15 lines deleted...]
-      2. Государственному учреждению "Отдел внутренней политики города Усть-Каменогорска" обеспечить принятие мер, вытекающих из настоящего постановления, предусмотренных законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима города Усть-Каменогорска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...15 lines deleted...]
-      3. Отменить постановление акимата города Усть-Каменогорска от 25 июня 2020 года № 2160 "Об утверждении Положения о государственном учреждении "Отдел внутренней политики города Усть-Каменогорска".</w:t>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -556,1996 +577,2265 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>города Усть-Каменогорска</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 07 февраля 2023 года № 460</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение о государственном учреждении "Отдел внутренней политики города Усть-Каменогорска"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Отдел внутренней политики города Усть-Каменогорска" (далее – Отдел) является государственным органом Республики Казахстан, осуществляющим руководство в сфере внутренней политики.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 1 внесено изменение на государственном языке, текст на русском языке не изменяется, постановлением акимата города Усть - Каменогорска Восточно-Казахстанской области от 22.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Отдел имеет ведомство – коммунальное государственное учреждение "Молодежный ресурсный центр" акимата города Усть-Каменогорска.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...64 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Отдел осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Отдел является юридическим лицом в организационно-правовой форме государственного учреждения, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Отдел вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Отдел имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
-[...35 lines deleted...]
-        <w:t>, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Лимит штатной численности Отдела утверждается акиматом города Усть-Каменогорска в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 в редакции постановления - акимата города Усть - Каменогорска Восточно-Казахстанской области от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3832</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Местонахождение Отдела: Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Антона Чехова, 33, почтовый индекс 070004.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...15 lines deleted...]
-      5. Отдел вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Настоящее Положение является учредительным документом Отдела.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Отдела осуществляется из республиканского и местного бюджета Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      6. Отдел имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Отдела. Если Отдел законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      7. Отдел по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Задачи и полномочия государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...15 lines deleted...]
-      8. Структура и лимит штатной численности Отдела утверждаются в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      9. Местонахождение Отдела: Республика Казахстан, Восточно-Казахстанская область, город Усть-Каменогорск, улица Антона Чехова, 33, почтовый индекс 070004.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) реализация ключевых приоритетов государственной политики в социально-экономической, культурной и общественно-политической сферах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Отдела.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обеспечение выполнения актов и поручений Президента и Правительства Республики Казахстан, акима области (города) по вопросам, относящимся к компетенции учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности Отдела осуществляется из республиканского и местного бюджета Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) обеспечение разъяснения в городе основных приоритетов Стратегии развития Казахстана до 2050 года, Посланий Президента народу Казахстана, государственных и отраслевых программ и других стратегических документов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      12. Отделу запрещается вступать в договорные отношения с субъектами предпринимательства на предмет выполнения обязанностей, являющихся полномочиями Отдела. Если Отдел законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то полученные доходы направляются в государственный бюджет, если иное не установлено законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) координация работы по разработке и реализации программных документов в сфере внутренней политики;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выработка практических рекомендаций по организации работы в сфере внутренней политики, предложений по эффективной реализации долгосрочных приоритетов развития Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечение изучения и анализа внутриполитических процессов в городе и тенденций их развития;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) взаимодействие с институтами гражданского общества, представителями общественности города.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в пределах своей компетенции запрашивать и получать в установленные законодательством сроки информацию и документы от государственных органов и иных организаций для осуществления функций, возложенных на учреждение, с соблюдением требований, установленных законодательными актами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...227 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       давать рекомендации, относящиеся к сфере деятельности учреждения, соответствующим государственным органам и должностным лицам, контролировать их исполнение в пределах своей компетенции местного исполнительного органа установленной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательством</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вносить на рассмотрение акимата вопросы, предложения, информации, проекты решений, относящиеся к компетенции отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять права владения и пользования государственным пакетом акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью, субъекта права государственных юридических лиц, в том числе на принятие решений аналогично компетенции уполномоченных органов соответствующей отрасли согласно законодательству Республики Казахстан о государственном имуществе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные права, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      присутствовать на заседаниях, собраниях и совещаниях, касающихся вопросов компетенции учреждения, проводимых государственными органами;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять деятельность в соответствии с действующим законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять правовой мониторинг нормативных правовых актов акима и акимата, разработчиком которых учреждение являлось и свовременно принимать меры по внесению в них изменений и (или) дополнений, или признание их утратившими силу;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
-[...15 lines deleted...]
-      вносить на рассмотрение акимата вопросы, предложения, информации, проекты решений, относящиеся к компетенции отдела;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выполнять иные обязанности, предусмотренные действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
-[...15 lines deleted...]
-      осуществлять права владения и пользования государственным пакетом акций акционерных обществ и долями участия в товариществах с ограниченной ответственностью, субъекта права государственных юридических лиц, в том числе на принятие решений аналогично компетенции уполномоченных органов соответствующей отрасли согласно законодательству Республики Казахстан о государственном имуществе;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 14 внесено изменение на государственном языке, текст на русском языке не изменяется, постановлением акимата города Усть - Каменогорска Восточно-Казахстанской области от 22.01.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
-[...15 lines deleted...]
-      осуществлять иные права, предусмотренные законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) информационно-идеологическое сопровождение деятельности исполнительных органов города по ключевым направлениям внутренней политики, в том числе, по вопросам реализации государственной политики в области образования, социального обеспечения и защиты населения, занятости, межэтнического и межконфессионального согласия, патриотического воспитания и молодежной политики, пропаганды государственных символов, в языковой, информационной, культурной, гендерной и семейно-демографической сферах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
-[...15 lines deleted...]
-      2) обязанности:</w:t>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) реализация комплекса практических и иных мер, направленных на обеспечение внутриполитической стабильности, единства народа и консолидации общества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
-[...15 lines deleted...]
-      присутствовать на заседаниях, собраниях и совещаниях, касающихся вопросов компетенции учреждения, проводимых государственными органами;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) информационно-аналитическое и организационно-техническое сопровождение крупных общественно-значимых мероприятий в городе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
-[...15 lines deleted...]
-      осуществлять деятельность в соответствии с действующим законодательством Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) организация информационно-разъяснительной работы о деятельности местного исполнительного органа в социально-экономической, общественно-политической и других сферах, выработка предложений по совершенствованию работы в данном направлении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
-[...15 lines deleted...]
-      осуществлять правовой мониторинг нормативных правовых актов акима и акимата, разработчиком которых учреждение являлось и свовременно принимать меры по внесению в них изменений и (или) дополнений, или признание их утратившими силу;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) организация деятельности информационных групп по разъяснению ежегодных Посланий Президента народу Казахстана и других стратегических документов, информационно-методическое обеспечение информационно-разъяснительных групп;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
-[...15 lines deleted...]
-      выполнять иные обязанности, предусмотренные действующим законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) осуществление взаимодействия с политическими партиями, неправительственными организациями, этнокультурными и религиозными объединениями, общественными организациями, профессиональными союзами, средствами массовой информации, научным и творческим сообществом, лидерами общественного мнения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) обеспечение деятельности консультативно-совещательных органов и рабочих групп, действующих при акиме (акимате) города по вопросам, входящим в компетенцию учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) анализ и прогнозирование общественно-политической ситуации в городе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) обеспечение эффективной реализации государственной информационной политики в городе, в том числе, методическая поддержка и координация деятельности средств массовой информации по выполнению государственного информационного заказа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) обеспечение эффективной реализации государственного социального заказа на выполнение социально значимых проектов, в том числе, проведение конкурсных процедур и мониторинг хода реализации проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) участие в разработке концептуальных документов, подготовке проектов правовых и нормативных правовых актов акима и акимата города по вопросам, входящим в компетенцию Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) взаимодействие с вышестоящими государственными органами, маслихатами, аппаратом акима области (города Усть-Каменогорска), секретариатом Ассамблеи народа Казахстана Восточно-Казахстанской области по вопросам, входящим в компетенцию Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) формирование, накопление, обобщение и классификация информационной базы данных по вопросам, относящимся к компетенции Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14)представление интересов государства во всех организациях при рассмотрении вопросов в пределах компетенции местного исполнительного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) составление протоколов об административных правонарушениях за:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нарушение национальных стандартов, предъявляемых к Государственному Флагу Республики Казахстан и Государственному Гербу Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      изготовление, хранение, ввоз, перевозку, распространение на территории Республики Казахстан продукции средств массовой информации, а равно иной продукции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...404 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="59"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       нарушение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан о рекламе, совершенное в виде рекламы не зарегистрированных в соответствии с законодательством Республики Казахстан религиозных объединений и духовных (религиозных) организаций образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z67" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       нарушение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан о некоммерческих организациях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       нарушение </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>законодательства</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан о религиозной деятельности и религиозных объединениях;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z69" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нарушение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>законодательства</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан о масс-медиа, совершенное в виде распространения карт условного доступа к услугам операторов телерадиовещания и оборудования предназначенного для индивидуального приема теле-, радиосигнала операторов телерадиовещания, не имеющих лицензию в сфере телерадиовещания и не обладающих собственными спутниковыми системами вещания на территории Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) осуществление взаимодействия с общественными объединеними, изучение деятельности созданных на территории города Усть-Каменогорска религиозных объединений и миссионеров, создание банка данных о них, осуществление информационно-пропагандистских мероприятий по вопросам, относящимся к компетенции, проводение изучения и анализа религиозной обстановки в городе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) осуществление в пределах компетенции информационно-разъяснительных мероприятий, реализация профилактических мер, направленных на предупреждение экстремизма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) осуществление иных функций, предусмотренных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 с изменением, внесенным постановлением - акимата города Усть-Каменогорска Восточно-Казахстанской области от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 3832</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Руководство Отделом осуществляется первым руководителем, который несет персональную ответственность за выполнение возложенных на Отдел задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Первый руководитель Отдела назначается на должность и освобождается от должности в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Первый руководитель Отдела имеет заместителя, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Полномочия первого руководителя Отдела:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) решает вопросы деятельности Отдела в соответствии с его компетенцией, определяемой законодательством Республики Казахстан и настоящим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) самостоятельно определяет структуру Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) созывает в установленном порядке совещания по вопросам, входящим в компетенцию Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) определяет полномочия работников Отдела;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) представляет интересы Отдела во всех организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет иные полномочия, предусмотренные законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий первого руководителя Отдела в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Первый руководитель определяет полномочия своего заместителя в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Имущество государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Отдел может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Отдела формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности, и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
-[...15 lines deleted...]
-      2) самостоятельно определяет структуру Отдела;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Отдел не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
-[...15 lines deleted...]
-      3) созывает в установленном порядке совещания по вопросам, входящим в компетенцию Отдела;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Имущество, закрепленное за Отделом, относится к коммунальной собственности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
-[...15 lines deleted...]
-      4) определяет полномочия работников Отдела;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z86" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...147 lines deleted...]
-    <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Реорганизация и упразднение Отдела осуществляются в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>