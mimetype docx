--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b6310cb" w14:textId="b6310cb">
+    <w:p w14:paraId="9ed2b37" w14:textId="9ed2b37">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,104 +85,213 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения государственного учреждения "Управление координации занятости и социальных программ Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Постановление Восточно-Казахстанского областного акимата от 11 января 2023 года № 6. Отменен постановлением Восточно-Казахстанского областного акимата от 20 октября 2025 года № 264</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Отменен постановлением Восточно-Казахстанского областного акимата от 20.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 264</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" Восточно-Казахстанский областной акимат ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -195,151 +306,150 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> государственного учреждения "Управление координации занятости и социальных программ Восточно-Казахстанской области" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственному учреждению "Управление координации занятости и социальных программ Восточно-Казахстанской области" (Мусинова А.А.) обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в течение двадцати календарных дней со дня подписания настоящего постановления направление его копии в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" для опубликования в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...15 lines deleted...]
-      2. Государственному учреждению "Управление координации занятости и социальных программ Восточно-Казахстанской области" (Мусинова А.А.) обеспечить:</w:t>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) принятие мер, вытекающих из настоящего постановления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...15 lines deleted...]
-      1) в течение двадцати календарных дней со дня подписания настоящего постановления направление его копии в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" для опубликования в Эталонном контрольном банке нормативных правовых актов Республики Казахстан;</w:t>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отменить постановление Восточно-Казахстанского областного акимата от 15 июля 2016 года № 226 "Об утверждении положения государственного учреждения "Управление координации занятости и социальных программ Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
-[...15 lines deleted...]
-      2) принятие мер, вытекающих из настоящего постановления.</w:t>
+    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Контроль за исполнением настоящего постановления возложить на первого заместителя акима области Сматлаева А.Б.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -556,2890 +666,2965 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>областного акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от "11" января 2023 года № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение государственного учреждения "Управление координации занятости и социальных программ Восточно-Казахстанской области"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Государственное учреждение "Управление координации занятости и социальных программ Восточно-Казахстанской области" (далее-Управление) является государственным органом, осуществляющим руководство в сфере координации занятости и социальной защиты населения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...27 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Управление осуществляет свою деятельность в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, иными нормативными правовыми актами, а также настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Управление является юридическим лицом в организационно-правовой форме </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>государственного учреждения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, имеет печати с изображением Государственного Герба Республики Казахстан и штампы со своим наименованием на казахском и русском языках, бланки установленного образца, счета в органах казначейства в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Управление по вопросам своей компетенции в установленном законодательством порядке принимает решения, оформляемые приказами руководителя Управления и другими актами, предусмотренными законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Структура и лимит штатной численности Управления утверждаются в соответствии законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
-[...15 lines deleted...]
-      4. Управление вступает в гражданско-правовые отношения от собственного имени.</w:t>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Местонахождение юридического лица: 070002, Республика Казахстан Восточно-Казахстанская область, город Усть-Каменогорск, улица Киевская, 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      5. Управление имеет право выступать стороной гражданско-правовых отношений от имени государства, если оно уполномочено на это в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Полное наименование государственного органа - государственное учреждение "Управление координации занятости и социальных программ Восточно-Казахстанской области".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Настоящее Положение является </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>учредительным документом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Управления.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Управлению запрещается вступать в договорные отношения субъектами предпринимательства на предмет выявления обязанностей, являющихся функциями.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Задачи:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
-[...15 lines deleted...]
-      11. Финансирование деятельности Управления осуществляется из местного бюджета, в соответствии законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обеспечение продуктивной занятости, сокращение безработицы, содействие в создании рабочих мест;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
-[...15 lines deleted...]
-      12. Управлению запрещается вступать в договорные отношения субъектами предпринимательства на предмет выявления обязанностей, являющихся функциями.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) координация оказания социальной помощи социально уязвимым слоям населения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
-[...15 lines deleted...]
-      Если Управлению законодательными актами предоставлено право осуществлять приносящую доходы деятельность, то доходы, полученные от такой деятельности, направляются в доход государственного бюджета.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) координация работы по реабилитации инвалидов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реализация государственной политики в сфере предоставления специальных социальных услуг, в области социальной защиты населения, в пределах компетенции определенной законодательством;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) реализация государственной полититки в области миграции населения в пределах компетенции, определенной законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Полномочия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) права:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      запрашивать и получать в установленном порядке от областных, городских и районных исполнительных органов, подведомственных организаций документы, заключения, справочные и иные материалы, необходимые для осуществления функциональных обязанностей Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять методическое руководство за деятельностью региональных отделов занятости и социальных программ, и других государственных учреждений, организаций по вопросам входящим в компетенцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      готовить информационные материалы, по вопросам, входящим в компетенцию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      принимать участие в работе комиссии по приемке в эксплуатацию объектов жилищно-гражданского и коммунального назначения социальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные права, предусмотренные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z43" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z44" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать своевременное и целевое освоение бюджетных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать соблюдение законности выполнения возложенных функций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обеспечивать соблюдение сотрудниками Управления норм этики административных государственных служащих;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z47" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      осуществлять иные обязанности, предусмотренные законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z48" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проводит мероприятия, обеспечивающие содействие занятости населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z50" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осуществляет координацию местных исполнительных органов по вопросам занятости и методического руководства ими;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z51" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) поддерживает создание рабочих мест через развитие предпринимательской инициативы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z52" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осуществляет содействие в предпринимательской инициативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оказывает социальную защиту безработным, лицам, ищущим работу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z54" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) выдает или продлевает разрешения на привлечение иностранной рабочей силы работодателям для осуществления трудовой деятельности на своей территории и (или) других административно-территориальных единицах в пределах квоты, распределенной уполномоченным органом по вопросам занятости населения, либо в рамках внутрикорпоративного перевода вне квоты, а также приостановки и отзыва указанных разрешений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) осуществляет мониторинг установления квоты рабочих мест для лиц с инвалидностью в размере от двух до четырех процентов от численности рабочих мест без учета рабочих мест на тяжелых работах, работах с вредными, опасными условиями труда;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) осуществляет мониторинг установления квоты рабочих мест для трудоустройства лиц, состоящих на учете службы пробации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет мониторинг установления квоты рабочих мест для трудоустройства лиц, освобожденных из мест лишения свободы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) осуществляет мониторинг установления квоты рабочих мест для трудоустройства граждан из числа молодежи, потерявших или оставшихся до наступления совершеннолетия без попечения родителей, являющихся выпускниками организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) осуществляет мониторинг создания рабочих мест в рамках государственных и правительственных программ и представления соответствующих сведений в уполномоченный орган по вопросам занятости населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) координирует деятельность центров занятости населения по соблюдению законодательства Республики Казахстан о занятости населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) осуществляет мониторинг населенных пунктов для добровольного переселения лиц для повышения мобильности рабочей силы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) анализирует, прогнозирует спрос и предложение в части рабочей силы, информирует местные исполнительные органы и уполномоченный орган по вопросам занятости населения о состоянии рынка труда региона;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z63" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) участвует в формировании баз данных единой информационной системы социально-трудовой сферы о текущих вакансиях и прогнозе создаваемых рабочих мест в разрезе востребованных специальностей в проектах, реализуемых в рамках государственных, правительственных программ и программ развития территорий, а также инициатив частного сектора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z64" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) координирует работу по созданию специальных рабочих мест для трудоустройства инвалидов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) запрашивает у структурных подразделений местных исполнительных органов по вопросам образования, организаций образования, учебных центров при организациях, имеющих право на образовательную деятельность, осуществляющих профессиональное обучение, сведения о трудоустройстве выпускников, информацию о профессиях (специальностях), по которым ведется обучения, количестве подготовленных и планируемых к подготовке и выпуску специалистов по конкретным профессиям (специальностям);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z66" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) вносит в местные исполнительные органы предложения по определению населенных пунктов для добровольного переселения лиц для повышения мобильности рабочей силы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z67" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) осуществляет мониторинг организаций с рисками высвобождения и сокращения рабочих мест;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) реализует в пределах своей компетенции государственную политику в области миграции населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z69" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) вносит в уполномоченный орган по вопросам миграции населения предложения об отнесении соответствующих территорий к регионам для расселения кандасов и переселенцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z70" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) вносит в уполномоченный орган по вопросам миграции населения предложения по формированию региональных квот приема кандасов и переселенцев на предстоящий год;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z71" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) вносит в уполномоченный орган по вопросам миграции населения предложения по формированию квоты на привлечение иностранной рабочей силы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z72" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) осуществляет учет и регистрацию трудовых мигрантов с уведомлением органов национальной безопасности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) принимает заявления с приложением необходимых документов от этнических казахов на присвоение или продление статуса кандаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) принимает заявления с приложением необходимых документов от этнических казахов на включение в региональную квоту приема кандасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) принимает решение о присвоении или продлении статуса кандаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) принимает решение о включении в региональную квоту приема кандасов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) принимает решение о включении в региональную квоту приема переселенцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) выдает удостоверение кандаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) создает и организует деятельность центров адаптации и интеграции кандасов, центров временного размещения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) выдает справку о соответствии квалификации для самостоятельного трудоустройства иностранным работникам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) с уведомлением органов национальной безопасности выдают ходатайство на продление или сокращение срока действия разрешений на временное проживание бизнес-иммигрантов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) рассматривает и заверяет приглашения граждан Республики Казахстан для переселения в Республику Казахстан родственников из числа этнических казахов, проживающих за рубежом, в целях воссоединения семьи в порядке, определяемом уполномоченным органом по вопросам миграции населения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) реализует в пределах своей компетенции государственную политику по вопросам беженцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) выдает свидетельство лица, ищущего убежище;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) осуществляет услугу по присвоению, продлению, прекращению и лишению статуса беженцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) выдает свидетельство беженца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) формирует и ежемесячно направляет списки лиц, ищущих убежище, и беженцев в уполномоченный орган, органы национальной безопасности и органы внутренних дел;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) создает комиссию по осуществлению процедуры присвоения, продления, лишения и прекращения статуса беженца;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) обеспечивает соблюдение прав лиц, ищущих убежище, и беженцев;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) координирует работу по учету и регистрации граждан, пострадавших вследствие ядерных испытаний на Семипалатинском испытательном ядерном полигоне, выдачи удостоверений и выплаты им единовременной государственной денежной компенсации;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) координирует работу по оказанию жилищной помощи за счет средств местного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z92" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) координирует работу по назначению адресной социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z93" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) координирует работу по вопросам оказания дополнительных социальных выплат из средств местного бюджета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) координирует работу по возмещению затрат на обучение на дому детей с ограниченными возможностями из числа инвалидов по индивидуальному учебному плану;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z95" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) реализует государственную политику в сфере предоставления специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z96" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) осуществляет взаимодействие с физическими и юридическими лицами и государственными органами по вопросам предоставления специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z97" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) обеспечивает меры по созданию и деятельности субъектов, предоставляющих специальные социальные услуги, находящихся в их введении, предоставление субъектами, предоставляющими специальные социальные услуги, гарантированного объема специальных социальных услуг, проведение анализа потребностей населения в специальных социальных услугах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z98" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) организует кадровое обеспечение субъектов, предоставляющих специальные социальные услуги, профессиональную подготовку, переподготовку и повышение квалификации социальных работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z99" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) принимает меры по развитию системы предоставления специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z100" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) обеспечивает разработку и предоставление для утверждения местному представительному органу области перечень и порядок предоставления дополнительного объема специальных социальных услуг, предоставляемых сверх гарантированного объема специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z101" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) осуществляет государственные закупки, а также размещает государственный социальный заказ по предоставлению специальных социальных услуг;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z102" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) создает государственные учреждения и предприятия, осуществляющие реабилитацию лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z103" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) предоставляет дополнительные меры социальной поддержки лицам с инвалидностью, предусмотренные законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z104" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) способствует созданию организаций, осуществляющих реабилитацию лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z105" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) организует профессиональное обучение (переобучение) лиц с инвалидностью в соответствии с законодательством Республики Казахстан о занятости населения (в рамках краткосрочного профессионального обучения);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z106" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) организует подготовку, переподготовку и повышение квалификации специалистов по реабилитации лиц с инвалидностью, в том числе специалистов жестового языка, специалистов по чтению и письму рельефно-точечным шрифтом Брайля;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z107" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) организует на соответствующей территории выполнение социальной, профессиональной реабилитации лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z108" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60) обеспечивает санаторно-курортное лечение лиц с инвалидностью и детей с инвалидностью в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью, пребывание в санаторно-курортной организации законного представителя, сопровождающего ребенка с инвалидностью на санаторно-курортное лечение;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z109" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61) организует обеспечение лиц с инвалидностью техническими вспомогательными (компенсаторными) средствами и (или) специальными средствами передвижения в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z110" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62) организует совместно с уполномоченным органом в области физической культуры и спорта и общественными объединениями лиц с инвалидностью проведение оздоровительных и спортивных мероприятий среди лиц с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63) организует совместно с общественными объединениями лиц с инвалидностью культурно-массовые и просветительские мероприятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z112" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      64) координирует оказание благотворительной и социальной помощи лицам с инвалидностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      65) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z114" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Задачи и полномочия государственного органа</w:t>
-[...1599 lines deleted...]
-      61) организует обеспечение лиц с инвалидностью техническими вспомогательными (компенсаторными) средствами и (или) специальными средствами передвижения в соответствии с индивидуальной программой абилитации и реабилитации лица с инвалидностью;</w:t>
+        <w:t xml:space="preserve"> 3. Статус, полномочия первого руководителя государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
-[...15 lines deleted...]
-      62) организует совместно с уполномоченным органом в области физической культуры и спорта и общественными объединениями лиц с инвалидностью проведение оздоровительных и спортивных мероприятий среди лиц с инвалидностью;</w:t>
+    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Руководство Управлением осуществляется руководителем, который несет персональную ответственность за выполнение возложенных на Управление задач и осуществление им своих функций.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
-[...15 lines deleted...]
-      63) организует совместно с общественными объединениями лиц с инвалидностью культурно-массовые и просветительские мероприятия;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Руководитель Управления назначается на должность и освобождается от должности акимом области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
-[...15 lines deleted...]
-      64) координирует оказание благотворительной и социальной помощи лицам с инвалидностью;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Руководитель Управления имеет заместителей, которые назначаются на должности и освобождаются от должностей в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
-[...15 lines deleted...]
-      65) осуществляет в интересах местного государственного управления иные полномочия, возлагаемые на местные исполнительные органы законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z118" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Полномочия руководителя Управления:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkStart w:name="z119" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в соответствии с законодательством назначает на должности и освобождает от должностей работников Управления и директоров подведомственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z120" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) в установленном законодательством порядке поощряет и налагает дисциплинарные взыскания на сотрудников Управления и директоров подведомственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z121" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) подписывает акты Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z122" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) утверждает положения об отделах Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z123" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) представляет интересы Управления в государственных органах, иных организациях, без доверенности действует от имени Управления, выдает доверенности на представление интересов Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z124" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обеспечивает равный доступ мужчин и женщин к государственной службе в соответствии с их опытом работы, способностями и профессиональной подготовкой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z125" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z126" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) обладает правом первой подписи на всех финасовых документах Управления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z127" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) осуществляет иные полномочия в соответствии с законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z128" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнение полномочий руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z129" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Руководитель Управления определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z130" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Статус, полномочия первого руководителя государственного органа</w:t>
-[...219 lines deleted...]
-      7) принимает необходимые меры по противодействию коррупции и несет за это персональную ответственность;</w:t>
+        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
-[...15 lines deleted...]
-      8) обладает правом первой подписи на всех финасовых документах Управления;</w:t>
+    <w:bookmarkStart w:name="z131" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Управление может иметь на праве оперативного управления обособленное имущество в случаях, предусмотренных законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z127" w:id="120"/>
-[...15 lines deleted...]
-      9) осуществляет иные полномочия в соответствии с законодательством.</w:t>
+    <w:bookmarkStart w:name="z132" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Имущество Управления формируется за счет имущества, переданного ему собственником, а также имущества (включая денежные доходы), приобретенного в результате собственной деятельности и иных источников, не запрещенных законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z128" w:id="121"/>
-[...15 lines deleted...]
-      Исполнение полномочий руководителя Управления в период его отсутствия осуществляется лицом, его замещающим в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Имущество, закрепленное за Управлением, относится к коммунальной собственности Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z129" w:id="122"/>
-[...15 lines deleted...]
-      20. Руководитель Управления определяет полномочия своих заместителей в соответствии с действующим законодательством.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Управление не вправе самостоятельно отчуждать или иным способом распоряжаться закрепленным за ним имуществом и имуществом, приобретенным за счет средств, выданных ему по плану финансирования, если иное не установлено законодательством.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z130" w:id="123"/>
+    <w:bookmarkStart w:name="z135" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. Имущество государственного органа</w:t>
+        <w:t xml:space="preserve"> 5. Реорганизация и упразднение государственного органа</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z131" w:id="124"/>
-[...79 lines deleted...]
-    <w:bookmarkStart w:name="z135" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...10 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="129"/>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Реорганизация</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и упразднение Управления осуществляются в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z137" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Управления и его ведомств</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Коммунальное государственное учреждение "Усть-Каменогорский детский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Коммунальное государственное учреждение "Бозанбайский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Коммунальное государственное учреждение "Зимовьевский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Коммунальное государственное учреждение "Риддерский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Коммунальное государственное учреждение "Зевакинский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z137" w:id="130"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Перечень организаций, находящихся в ведении Управления и его ведомств</w:t>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Коммунальное государственное учреждение "Первомайский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z138" w:id="131"/>
-[...15 lines deleted...]
-      1. Коммунальное государственное учреждение "Усть-Каменогорский детский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Коммунальное государственное учреждение "Самарский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z139" w:id="132"/>
-[...15 lines deleted...]
-      2. Коммунальное государственное учреждение "Бозанбайский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Коммунальное государственное учреждение "Серебрянский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z140" w:id="133"/>
-[...15 lines deleted...]
-      3. Коммунальное государственное учреждение "Зимовьевский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z146" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Коммунальное государственное учреждение "Тарбагатайский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
-[...15 lines deleted...]
-      4. Коммунальное государственное учреждение "Риддерский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Коммунальное государственное учреждение "Усть-Каменогорский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z142" w:id="135"/>
-[...15 lines deleted...]
-      5. Коммунальное государственное учреждение "Зевакинский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z148" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Коммунальное государственное учреждение "Санаторий "Уба" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z143" w:id="136"/>
-[...15 lines deleted...]
-      6. Коммунальное государственное учреждение "Первомайский центр оказания специальных социальных услуг" управления координации занятости и социальных программ Восточно-Казахстанской области;</w:t>
+    <w:bookmarkStart w:name="z149" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Коммунальное государственное учреждение "Реабилитационный центр для инвалидов в поселке Грехово района Алтай" управления координации занятости и социальных программ Восточно-Казахстанской области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z144" w:id="137"/>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3761,35 +3946,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>