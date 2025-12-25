--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="06db32b" w14:textId="06db32b">
+    <w:p w14:paraId="816cd53" w14:textId="816cd53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -889,696 +889,551 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>акимата Туркестанской области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 июня 2023 года № 111</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z88" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Методика оценки деятельности административных государственных служащих корпуса "Б" аппарата акима Туркестанской области и исполнительных органов, финансируемых из областного бюджета</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Методика оценки деятельности административных государственных служащих корпуса "Б" аппарата акима Туркестанской области и исполнительных органов, финансируемых из областного бюджета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение - в редакции постановления акимата Туркестанской области от 07.08.2023 </w:t>
+      Сноска. Приложение в редакции постановления акимата Туркестанской области от 01.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 152</w:t>
+        <w:t>№ 203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящая Методика оценки деятельности административных государственных служащих корпуса "Б" аппарата акима Туркестанской области и исполнительных органов, финансируемых из областного бюджета (далее – </w:t>
+      1. Настоящая </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Методика</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) разработана в соответствии с </w:t>
+        <w:t xml:space="preserve"> оценки деятельности административных государственных служащих корпуса "Б" аппарата акима Туркестанской области и исполнительных органов, финансируемых из областного бюджета (далее – Методика) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан" и определяет порядок оценки деятельности административных государственных служащих корпуса "Б" аппарата акима Туркестанской области и исполнительных органов, финансируемых из областного бюджет (далее – служащие корпуса "Б").</w:t>
+        <w:t> статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан" и определяет порядок оценки деятельности административных государственных служащих корпуса "Б" аппарата акима Туркестанской области и исполнительных органов, финансируемых из областного бюджет (далее – служащие корпуса "Б").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Основные используемые понятия в настоящей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Методике</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) вышестоящий руководитель – лицо, по отношению к которому непосредственный руководитель оцениваемого служащего находится в прямом подчинении;</w:t>
+      1) руководящая должность – административная государственная должность корпуса "Б", которая наделена полномочиями по организации деятельности подчиненного ему подразделения или отдельных сотрудников;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) непосредственный руководитель – вышестоящее по государственной должности лицо, по отношению к которому государственный служащий находится в прямом подчинении в соответствии с его должностной инструкцией;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) оценивающее лицо – непосредственный руководитель и/или вышестоящий руководитель в зависимости от специфики деятельности государственного органа, а также круг лиц из рабочего окружения оцениваемого лица при оценке методом 360;</w:t>
+      3) руководитель структурного подразделения/государственного органа – административный государственный служащий корпуса "Б" категорий D-3 (руководитель структурного подразделения), D-O-1;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) руководитель структурного подразделения/государственного органа – D-3 (руководители самостоятельных структурных подразделений), административный государственный служащий корпуса "Б" категорий (руководители структурных подразделений) D-O-1;</w:t>
+      4) оценивающее лицо – непосредственный руководитель и/или руководитель структурного подразделения/государственного органа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) оцениваемое лицо – лицо, в отношении которого проводится оценка; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) служащий корпуса "Б" – лицо, занимающее административную государственную должность корпуса "Б", за исключением руководителя структурного подразделения/государственного органа;</w:t>
+      6) калибровочные сессии – периодические встречи оценивающих лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) оцениваемое лицо – руководитель структурного подразделения /государственного органа или служащий корпуса "Б";</w:t>
+      7) оцениваемый период – квартал, за которой оценивается государственного служащего.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) ключевые целевые индикаторы (далее – КЦИ) – показатели, устанавливаемые для руководителя структурного подразделения/ государственного органа и направленные на достижение документов системы государственного планирования, в том числе национальных проектов, соглашения служащего корпуса "А" либо направленные на повышение эффективности деятельности государственного органа;</w:t>
+      3. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством интегрированной информационной системы "Е-қызмет" (далее – информационная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оценка административных государственных служащих корпуса "Б" государственных органов, оценки проводится с учетом особенностей определенными внутренними документами данных государственных органов. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) метод ранжирования – метод оценки, при котором оценка деятельности служащих корпуса "Б" определяется с учетом степени их соответствия параметрам оценки – качество выполнения функциональных обязанностей, соблюдение сроков выполнения задач, инициативность и самостоятельность, соблюдение трудовой дисциплины, объем и сложность выполняемой работы;</w:t>
+      При отсутствии оценивающего лица оценку проводит лицо, его замещающее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оценка прикомандированных лиц проводится в принимающем государственном органе за период прикомандирования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Оценка проводится по итогам квартала – не позднее двадцатого числа месяца, следующего за отчетным кварталом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Итоговая оценка формируется автоматически из средней оценки административного государственного служащего корпуса "Б" за отчетные кварталы календарного года в информационной системе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Итоговая оценка формируется не позднее 30 января, следующего за отчетным годом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца со дня назначения или избрания на оцениваемую должность. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) метод 360 – метод оценки, направленный на выявление наличия у оцениваемого лица требуемых компетенций путем опроса круга лиц из рабочего окружения оцениваемого лица;</w:t>
+      При этом оцениваемый период должен включать в себя не менее пятнадцати фактически отработанных служащим рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) калибровочные сессии – периодические встречи оценивающих лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
+      6. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 5 сроки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) оцениваемый период – период оценки результатов работы государственного служащего;</w:t>
+      8. Результаты оценки выставляются по следующей градации:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...272 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Выполняет функциональные обязанности эффективно",</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1625,2276 +1480,698 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Результаты достижения КЦИ и результаты оценки по методу ранжирования являются основанием для принятия решений по выплате бонусов, поощрению, обучению, ротации, повышению, понижению в государственной должности либо увольнению.</w:t>
+      7. Организационное сопровождение оценки обеспечивается службой управления персоналом либо в случае ее отсутствия – структурным подразделением (лицом), на которое возложено исполнение обязанностей службы управления персоналом (кадровой службой) (далее – служба управления персоналом), в том числе посредством информационной системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Результаты оценки по методу 360 являются основанием для принятия решений по обучению служащего.</w:t>
+      8. Оцениваемый служащий получает результаты своей оценки в информационной системе, а также в мобильном приложении "Е-қызмет".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Организационное сопровождение оценки обеспечивается службой управления персоналом либо в случае ее отсутствия – структурное подразделение (лицо), на которое возложено исполнение обязанностей службы управления персоналом (кадровой службой) (далее – служба управления персоналом), в том числе посредством информационной системы.</w:t>
+      Ознакомление уволенных лиц, осуществляется в течение месяца, следующего за отчетным кварталом, посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом службой управления персоналом в информационной системе создается график оценки служащих, который утверждается должностным лицом, имеющим право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б".</w:t>
+      9. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня ознакомления получения результатов оценки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Решение калибровочной сессии может быть обжаловано государственным служащим в соответствии с установленным порядком </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Административного процедурно-процессуального кодекса Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Служба управления персоналом обеспечивает ознакомление оцениваемого служащего с результатами оценки в течение двух рабочих дней со дня ее завершения.</w:t>
+      11. Документы, связанные с оценкой, хранятся в службе управления персоналом в течение трех лет со дня завершения оценки, а также в информационной системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ознакомление служащих, указанных в части второй </w:t>
-[...118 lines deleted...]
-      15. Результаты оценки являются строго конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с </w:t>
+      12. Результаты оценки являются строго конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением случаев служебной необходимости, а также случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О доступе к информации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Разногласия, связанные с процедурой оценки, рассматриваются службой управления персоналом при содействии всех заинтересованных лиц и сторон.</w:t>
-[...38 lines deleted...]
-      1) доведение до сведения оцениваемых лиц стратегических целей государственного органа/структурного подразделения, общих результатов работы государственного органа/структурного подразделения за оцениваемый период;</w:t>
+      13. Разногласия, связанные с процедурой оценки, рассматриваются службой управления персоналом при содействии всех заинтересованных лиц и сторон.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) своевременную постановку, согласование и утверждение КЦИ;</w:t>
+      14. Руководители службы управления персоналом обеспечивают:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...128 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) проведение своевременного анализа и согласование КЦИ;</w:t>
+      2) при необходимости, оценивающий будет участвовать во встречах с оцениваемыми лицами, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) при необходимости, участие во встречах руководителя и работника, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
+      3) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
+      4) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оценки административных государственных служащих корпуса "Б"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
-[...115 lines deleted...]
-      При назначении служащего на должность после начала оцениваемого периода КЦИ устанавливаются в течение десяти рабочих дней со дня его назначения на должность.</w:t>
+      15. Оценка административных государственных служащих корпуса "Б" категорий D-O-1, осуществляется непосредственным руководителем по форме, согласно приложению 1 к настоящей по утвержденной Методике</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При этом в течение пяти рабочих дней со дня установления (утверждения) КЦИ служба управления персоналом обеспечивает (при наличии технической возможности) размещение индивидуального плана работы в информационной системе.</w:t>
+      Оценка административных государственных служащих корпуса "Б" категорий D-3 (за исключением руководителя структурного подразделения) осуществляется непосредственным руководителем по форме, согласно приложению 1 к настоящей по утвержденной Методике.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае, если срок с даты назначения служащего до окончания оцениваемого периода составляет менее трех месяцев, КЦИ указанному служащему не устанавливаются.</w:t>
+      Оценка иных административных государственных служащих корпуса "Б" категорий D-O-1, осуществляется непосредственным руководителем по форме согласно приложению 2 к настоящей по утвержденной Методике.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Оценка достижения КЦИ руководителя структурного подразделения /государственного органа осуществляется оценивающим лицом в сроки, установленные в </w:t>
-[...19 lines deleted...]
-        <w:t>.</w:t>
+      16. Оценивающему лицу оценочный лист направляется службой управления персоналом через информационную систему. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При этом служба управления персоналом по согласованию со структурным подразделением, координирующим вопрос стратегического планирования (при наличии) в целях обеспечения достоверности сведений проводят предварительный расчет фактических значений КЦИ и посредством информационной системы (при наличии технической возможности) направляет его оценивающему лицу в срок не позднее пяти рабочих дней до наступления последнего дня оценки согласно </w:t>
-[...77 lines deleted...]
-      1) конкретными (точно определяется результат с указанием ожидаемого положительного изменения, который необходимо достичь);</w:t>
+      Оценивающим лицом выставляются оценки от 0 до 5-ти. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) измеримыми (определяются конкретные критерии для измерения достижения КЦИ);</w:t>
+      В случае если количество оцениваемых лиц превышает двадцать человек, оценка осуществляется также административными государственными служащими корпуса "Б", определяемыми оценивающим лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) достижимыми (КЦИ определяются с учетом имеющихся ресурсов, полномочий и ограничений);</w:t>
+      17. С целью согласования и соблюдения единого подхода к процессу оценки государственные органы проводят калибровочные сессии в порядке, предусмотренном в пункте 9 настоящей Методики.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ограниченными во времени (определяется срок достижения КЦИ в течение оцениваемого периода);</w:t>
+      18. Должностное лицо, имеющее право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" принимает решение о проведении калибровочной сессии и утверждает ее состав в течение трех рабочих дней со дня поступления обращения служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Состав калибровочной сессии состоит из нечетного количества членов. Количество членов калибровочной сессии не должно быть менее трех. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) ориентированными на реализацию документов системы государственного планирования, в том числе национальных проектов, стратегических целей государственного органа, соглашения служащего корпуса "А", либо на повышение эффективности деятельности государственного органа.</w:t>
+      В состав конкретной калибровочной сессии не включается лицо, несогласное с оценкой, а также лицо, оценившее его.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      25. Внесение изменений в КЦИ осуществляется в случае изменения функций и структуры государственного органа, непосредственно влияющего на достижение КЦИ.</w:t>
+      В состав членов калибровочной сессии включаются оценивающие лица (за исключением лица, оценка которого подлежит рассмотрению на калибровочной сессии), а также работник службы управления персоналом (кадровой службы) либо лицо, на которое возложено исполнение обязанностей службы управления персоналом (кадровой службы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      26. Информационная система, либо в случае ее отсутствия служба управления персоналом, уведомляет руководителя структурного подразделения/государственного органа о проведении в отношении него оценки не позднее пятого числа месяца, следующего за отчетным кварталом.</w:t>
+      19. Калибровочная сессия проводится в течение десяти рабочих дней со дня обращения служащего в порядке, предусмотренном в пункте 11 настоящей Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      27. Оценочный лист направляется для рассмотрения оценивающему лицу посредством информационной системы, либо в случае ее отсутствия службой управления персоналом.</w:t>
+      20. Служба управления персоналом организовывает деятельность калибровочной сессии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Методике.</w:t>
+        <w:t>
+      21. На калибровочной сессии оценивающее лицо кратко описывает работу оцениваемого лица и аргументирует свою оценку.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При выставлении оценок оценивающее лицо использует таблицу определения допустимой оценки в зависимости от процента реализации ключевого целевого индикатора по форме, согласно </w:t>
-[...175 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Методике.</w:t>
+      Оцениваемое лицо вправе аргументировать членам калибровочной сессии свое несогласие с оценкой в письменной или устной форме. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...146 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
-      Руководители структурных подразделений (государственного органа) проходят оценку методом 360 по форме, согласно </w:t>
-[...801 lines deleted...]
-      Участники калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
+      Члены калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая оценка принимается большинством голосов участников калибровочной сессии и оформляется соответствующим протоколом. Служба управления персоналом обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      42. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
+      22. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Во время встречи обсуждаются следующие вопросы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3941,108 +2218,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обзор потенциала и обсуждение карьерных устремлений работника.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценивающее лицо обеспечивает атмосферу открытого и дружелюбного диалога во время встречи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="53"/>
-[...56 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4076,103 +2295,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к Методике оценки</w:t>
-[...51 lines deleted...]
-              <w:t>финансируемых из областного бюджета</w:t>
+              <w:t>Приложение 1 к Методике</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4193,51 +2360,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>оценки деятельности административных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4258,103 +2425,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"УТВЕРЖДАЮ"</w:t>
-[...51 lines deleted...]
-              <w:t>дата _______________________</w:t>
+              <w:t>государственных служащих корпуса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4375,1262 +2490,1436 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>подпись ____________________</w:t>
+              <w:t>"Б" аппарата акима Туркестанской</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области и исполнительных органов,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансируемых из областного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Индивидуальный план работы руководителя структурного подразделения</w:t>
-[...23 lines deleted...]
-        <w:t>(период, на который составляется индивидуальный план)</w:t>
+        <w:t xml:space="preserve"> Оценочный лист лица, занимающего руководящую должность</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...34 lines deleted...]
-        <w:t>Наименование структурного подразделения служащего:________________</w:t>
+        <w:t>
+      (Ф.И.О., должность оцениваемого лица с указанием государственного органа) __________________________________________________________________________ (оцениваемый период) ____________________________________________________________ (Ф.И.О., должность оценивающего служащего с указанием государственного органа) ________________________________________________________________________________ В целях оценки деятельности административных государственных служащих корпуса "Б" (далее – оценка) предлагаем Вам оценить своих коллег по 5-балльной шкале Оценки необходимо выставлять объективно, без личных симпатий /антипатий. Анкету необходимо заполнить сразу же от начала до конца, не отвлекаясь. Так, Вы сможете сэкономить время и повысить достоверность результатов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="820"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="820"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
-[...251 lines deleted...]
-Конечный результат*</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Параметры</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка (от 0* до 5 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комментарий (по желанию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пояснение при заполнении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...368 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Обеспечение качественного выполнения задач в курируемых подразделениях (курируемыми служащими)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Учитывается: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-качественное исполнение задач и поручений в курируемых подразделениях; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-отсутствие обоснованных замечаний, возвратов, жалоб или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="dxa"/>
-[...412 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.Обеспечение соблюдения сроков выполнения задач в курируемых подразделениях (курируемыми служащими)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-оперативность исполнения; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-отсутствие нарушения сроков исполнения документов, поручений, задач или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Лидерство и навыки принятия решений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Учитывается: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- умение брать на себя руководство командой и ответственность за командный результат; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- умение четко устанавливать цели и задачи; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- умение мотивировать команду посредствам личного примера, эффективной коммуникации и создания позитивного командного климата;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- умение эффективно действовать в условиях неопределенности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- умение предлагать несколько вариантов решения задач, с учетом возможных рисков; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- иные факты по данному параметру, предусмотренных методике оценки государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.Соблюдения трудовой дисциплины оцениваемым лицом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Учитывается: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-отсутствие опозданий; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-отсутствие преждевременного выхода с работы без уважительной причины; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-отсутствие нарушений служебной этики; -соблюдение требований информационной безопасности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-соблюдение требований по обеспечению государственных секретов; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-соблюдение регламента государственного органа или иные факты по данному параметр</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Отсутствие дисциплинарных взысканий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Учитывается наложение дисциплинарных взысканий в оцениваемом квартале. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+При наличии дисциплинарного взыскания: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- в виде замечания, выговора, строго выговора оценка не может превышать 2,99 баллов; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- в виде иных видов взысканий, в том числе за проступки, дискредитирующие государственную службу, оценка не может превышать 1,99 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание: ожидаемое положительное изменение от достижения ключевого целевого индикатора.</w:t>
+      Примечание: для расчета средней итоговой оценки необходимо сумму выставленных оценок разделить на количество оцениваемых параметров. * оценка 0 баллов выставляется в случае полного неисполнения служащим параметра оценки. Результат оценки: ___________________________________________________ (выполняет функциональные обязанности эффективно, выполняет функциональные обязанности надлежащим образом, выполняет функциональные обязанности удовлетворительно, выполняет функциональные обязанности не удовлетворительно). Результат оценки служащему выставляется исходя из средней итоговой оценки. Подпись____________________________ (удостоверенная с помощью электронной цифровой подписи) Дата________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5666,103 +3955,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Методике оценки деятельности</w:t>
-[...51 lines deleted...]
-              <w:t>из областного бюджета</w:t>
+              <w:t>Приложение 2 к Методике</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5783,1869 +4020,1667 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>оценки деятельности административных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных служащих корпуса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Б" аппарата акима Туркестанской</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>области и исполнительных органов,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>финансируемых из областного бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Лист оценки по КЦИ__________________________________________________ </w:t>
+        <w:t xml:space="preserve"> Оценочный лист лица, занимающего не руководящую должность</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Ф.И.О., должность оцениваемого лица) ___________________________ </w:t>
-[...11 lines deleted...]
-        <w:t>(оцениваемый период)</w:t>
+        <w:t>
+      (Ф.И.О., должность оцениваемого лица с указанием государственного органа) ________________________________________________________________________________ (оцениваемый период) ____________________________________________________________ (Ф.И.О., должность оценивающего служащего с указанием государственного органа) ________________________________________________________________________________ В целях оценки деятельности административных государственных служащих корпуса "Б" (далее – оценка) предлагаем Вам оценить своих коллег по 5-балльной шкале. Оценки необходимо выставлять объективно, без личных симпатий /антипатий. Анкету необходимо заполнить сразу же от начала до конца, не отвлекаясь. Так, Вы сможете сэкономить время и повысить достоверность результатов.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1118"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...175 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Параметеры </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка (от 0* до 5 баллов)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Комментарий (по желанию)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пояснение при заполнении</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...320 lines deleted...]
-4 квартал</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Качество выполнения функциональных обязанностей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учитывается отсутствие обоснованных замечаний, возвратов, жалоб или иные факты по данному параметру, предусмотренных методике оценки государственного органа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1118" w:type="dxa"/>
-[...319 lines deleted...]
-            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Соблюдение сроков выполнения задач</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-отсутствие нарушения сроков исполнения документов, поручений, задач или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Самостоятельность и инициативность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Учитывается: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- умение выполнять функциональные обязанности с высокой долей самостоятельности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- инициативность в прорабке подходов, предложений, направленных на улучшение курируемой сферы деятельности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- активность и участия в решении курируемых задач; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- иные факты по данному параметру, предусмотренных методике оценки государственного органа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Соблюдение трудовой дисциплины</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Учитывается: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-отсутствие опозданий; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-отсутствие преждевременного выхода с работы без уважительной причины; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-отсутствие нарушений служебной этики; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+-соблюдение требований информационной безопасности; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-соблюдение требований по обеспечению государственных секретов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ -соблюдение регламента государственного органа; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Отсутствие дисциплинарных взысканий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Учитывается наложение дисциплинарных взысканий в оцениваемом квартале. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+При наличии дисциплинарного взыскания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+- в виде замечания, выговора, строго выговора оценка не может превышать 2,99 баллов; </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- в виде иных видов взысканий, в том числе за проступки, дискредитирующие государственную службу, оценка не может превышать 1,99 баллов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя итоговая оценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Продолжение таблицы</w:t>
-[...679 lines deleted...]
-      Итоговая оценка: _______________________________сумма оценок по КЦИ деленная на количество КЦИ</w:t>
+      Примечание: для расчета средней итоговой оценки необходимо сумму выставленных оценок разделить на количество оцениваемых параметров. * оценка 0 баллов выставляется в случае полного неисполнения служащим параметра оценки Результат оценки: ___________________________________________________ (выполняет функциональные обязанности эффективно, выполняет функциональные обязанности надлежащим образом, выполняет функциональные обязанности удовлетворительно, выполняет функциональные обязанности не удовлетворительно). Результат оценки служащему выставляется исходя из средней итоговой оценки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Результат оценки: ____________(выполняет функциональные обязанности</w:t>
-[...154 lines deleted...]
-        <w:t>подпись______________________________       подпись___________________________</w:t>
+      Подпись__________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25475,55 +23510,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>