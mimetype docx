--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,46 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f22a1c9" w14:textId="f22a1c9">
+    <w:p w14:paraId="c885f81" w14:textId="c885f81">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -562,4665 +561,1562 @@
               </w:rPr>
               <w:t>от 25 апреля 2023 года № 57</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z232" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методика оценки деятельности административных государственных служащих корпуса "Б" акимата Атырауской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение - в редакции постановления акимата Атырауской области от 12.09.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>184</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая методика оценки деятельности административных государственных служащих корпуса "Б" акимата Атырауской области (далее – Методика) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан" (далее – Закон), типовой методикой оценки деятельности административных государственных служащих корпуса "Б", утвержденной </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 "О некоторых вопросах оценки деятельности административных государственных служащих" и определяет порядок оценки деятельности административных государственных служащих корпуса "Б".</w:t>
+        <w:t xml:space="preserve"> статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан" (далее – Закон), типовой методикой оценки деятельности административных государственных служащих корпуса "Б", утвержденной приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>О некоторых вопросах оценки деятельности административных государственных служащих</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" и определяет порядок оценки деятельности административных государственных служащих корпуса "Б".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Основные используемые понятия в настоящей </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Методике</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
-[...15 lines deleted...]
-      1) вышестоящий руководитель – лицо, по отношению к которому непосредственный руководитель оцениваемого служащего находится в прямом подчинении;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) руководящая должность – административная государственная должность корпуса "Б", которая наделена полномочиями по организации деятельности подчиненного ему подразделения или отдельных сотрудников;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) непосредственный руководитель – вышестоящее по государственной должности лицо, по отношению к которому государственный служащий находится в прямом подчинении в соответствии с его должностной инструкцией;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
-[...15 lines deleted...]
-      3) оценивающее лицо – непосредственный руководитель и/или вышестоящий руководитель в зависимости от специфики деятельности государственного органа, а также круг лиц из рабочего окружения оцениваемого лица при оценке методом 360;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) руководитель структурного подразделения – административный государственный служащий корпуса "Б" категории D-3;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
-[...15 lines deleted...]
-      4) руководитель структурного подразделения– административный государственный служащий корпуса "Б" категории D-3;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) руководитель государственного органа – административный государственный служащий корпуса "Б" категории D-O-1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
-[...15 lines deleted...]
-      5) руководитель государственного органа - административный государственный служащий корпуса "Б" категории D-O-1;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) оценивающее лицо – непосредственный руководитель и/или руководитель структурного подразделения/государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      6) служащий корпуса "Б" – лицо, занимающее административную государственную должность корпуса "Б", за исключением руководителя структурного подразделения/государственного органа;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оцениваемое лицо – лицо, в отношении которого проводится оценка;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      7) оцениваемое лицо – руководитель структурного подразделения/государственного органа или служащий корпуса "Б";</w:t>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) калибровочные сессии – периодические встречи должностных лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      8) ключевые целевые индикаторы (далее – КЦИ) – показатели, устанавливаемые для руководителя структурного подразделения/государственного органа и направленные на достижение документов системы государственного планирования, в том числе национальных проектов, соглашения служащего корпуса "А" либо направленные на повышение эффективности деятельности государственного органа;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) оцениваемый период – квартал, за который оцениваются результаты работы государственного служащего.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
-[...15 lines deleted...]
-      9) метод ранжирования – метод оценки, при котором оценка деятельности служащих корпуса "Б" определяется с учетом степени их соответствия параметрам оценки – качество выполнения функциональных обязанностей, соблюдение сроков выполнения задач, инициативность и самостоятельность, соблюдение трудовой дисциплины, объем и сложность выполняемой работы;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством интегрированной информационной системы "Е-қызмет" (далее – информационная система).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      10) метод 360 – метод оценки, направленный на выявление наличия у оцениваемого лица требуемых компетенций путем опроса круга лиц из рабочего окружения оцениваемого лица;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии оценивающего лица оценку проводит лицо, его замещающее.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      11) калибровочные сессии – периодические встречи оценивающих лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка прикомандированных лиц проводится в принимающем государственном органе за период прикомандирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      12) оцениваемый период – период оценки результатов работы государственного служащего;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По решению первого руководителя государственного органа лица, находящиеся в его прямом подчинении, могут быть оценены руководителем аппарата данного государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оценка проводится по итогам квартала – не позднее двадцатого числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка формируется автоматически из средней оценки административного государственного служащего корпуса "Б" за отчетные кварталы календарного года в информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка формируется не позднее 30 января, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца со дня назначения или избрания на оцениваемую должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом оцениваемый период должен включать в себя не менее пятнадцати фактически отработанных служащим рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 4 сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Результаты оценки выставляются по следующей градации:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности эффективно";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности надлежащим образом";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности удовлетворительно";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Организационное сопровождение оценки обеспечивается службой управления персоналом либо в случае ее отсутствия – структурным подразделением (лицом), на которое возложено исполнение обязанностей службы управления персоналом (кадровой службой) (далее – служба управления персоналом), в том числе посредством информационной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Оцениваемый служащий получает результаты своей оценки в информационной системе, а также в мобильном приложении "Е-қызмет".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ознакомление уволенных лиц, осуществляется в течение месяца, следующего за отчетным кварталом, посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня получения результатов оценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Решение калибровочной сессии может быть обжаловано государственным служащим в соответствии с установленным порядком Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Документы, связанные с оценкой, хранятся в службе управления персоналом в течение трех лет со дня завершения оценки, а также в информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Результаты оценки являются конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением служебной необходимости, а также случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с Законом Республики Казахстан "О доступе к информации".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Разногласия, связанные с процедурой оценки, рассматриваются службой управления персоналом при содействии всех заинтересованных лиц и сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Руководители службы управления персоналом обеспечивают:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при необходимости, участие во встречах оценивающего и оцениваемых лиц, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...84 lines deleted...]
-    <w:bookmarkEnd w:id="20"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оценки административных государственных служащих корпуса "Б"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Оценка административных государственных служащих корпуса "Б" категорий D-3 (руководитель структурного подразделения), D-O-1 осуществляется непосредственным руководителем по форме, согласно приложению 1 к настоящей Методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оценка административных государственных служащих корпуса "Б", занимающих руководящие должности, за исключением лиц указанных в первом абзаце настоящего пункта, осуществляется руководителем структурного подразделения/государственного органа по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оценка административных государственных служащих корпуса "Б" категории D-3 (за исключением руководителя структурного подразделения) осуществляется непосредственным руководителем по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Оценка иных административных государственных служащих корпуса "Б" осуществляется руководителем структурного подразделения/государственного органа по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Типовой методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Оценивающему лицу оценочный лист направляется службой управления персоналом через информационную систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценивающим лицом выставляются оценки от 0 до 5-ти.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае если количество оцениваемых лиц превышает двадцать человек, оценка осуществляется также административными государственными служащими корпуса "Б", определяемыми оценивающим лицом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...389 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. С целью согласования и соблюдения единого подхода к процессу оценки государственные органы проводят калибровочные сессии в порядке, предусмотренном в пункте 10 настоящей Методики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Должностное лицо, имеющее право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" принимает решение о проведении калибровочной сессии и утверждает ее состав в течение трех рабочих дней со дня поступления обращения служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав калибровочной сессии состоит из нечетного количества членов. Количество членов калибровочной сессии не должно быть менее трех.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав конкретной калибровочной сессии не включается лицо, несогласное с оценкой, а также лицо, оценившее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав членов калибровочной сессии включаются оценивающие лица (за исключением лица, оценка которого подлежит рассмотрению на калибровочной сессии), а также работник службы управления персоналом (кадровой службы) либо лицо, на которое возложено исполнение обязанностей службы управления персоналом (кадровой службы).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные </w:t>
-[...861 lines deleted...]
-      20. Результаты оценки могут быть известны только оцениваемому лицу, оценивающему лицу, руководителю службы управления персоналом (кадровой службы) и участникам калибровочных сессий.</w:t>
+      20. Калибровочная сессия проводится в течение десяти рабочих дней со дня обращения служащего в порядке, предусмотренном в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящей Методики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z64" w:id="60"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок оценки руководителя структурного подразделения/государственного органа по достижению КЦИ</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Служба управления персоналом организовывает деятельность калибровочной сессии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z65" w:id="61"/>
-[...15 lines deleted...]
-      21. Оценка деятельности руководителя структурного подразделения/государственного органа осуществляется на основе оценки достижения КЦИ.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. На калибровочной сессии оценивающее лицо кратко описывает работу оцениваемого лица и аргументирует свою оценку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z66" w:id="62"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Методике.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оцениваемое лицо вправе аргументировать членам калибровочной сессии свое несогласие с оценкой в письменной или устной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z67" w:id="63"/>
-[...15 lines deleted...]
-      При назначении служащего на должность после начала оцениваемого периода КЦИ устанавливаются в течение десяти рабочих дней со дня его назначения на должность.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z68" w:id="64"/>
-[...15 lines deleted...]
-      При этом в течение пяти рабочих дней со дня установления (утверждения) КЦИ служба управления персоналом обеспечивает (при наличии технической возможности) размещение индивидуального плана работы в информационной системе.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z69" w:id="65"/>
-[...15 lines deleted...]
-      В случае, если срок с даты назначения служащего до окончания оцениваемого периода составляет менее трех месяцев, КЦИ указанному служащему не устанавливаются.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка принимается большинством голосов членов калибровочной сессии и оформляется соответствующим протоколом. Служба управления персоналом обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z70" w:id="66"/>
-[...35 lines deleted...]
-        <w:t>.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z71" w:id="67"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> настоящей Методики.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во время встречи обсуждаются следующие вопросы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z72" w:id="68"/>
-[...15 lines deleted...]
-      23. КЦИ устанавливаются в количестве от трех до пяти и должны отражать ожидаемые конкретные результаты деятельности оцениваемого лица до конца оцениваемого периода.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор достижений за оцениваемый период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z73" w:id="69"/>
-[...15 lines deleted...]
-      24. КЦИ должны иметь количественные и качественные индикаторы измеримости достижения целей и быть:</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор развития навыков и компетенций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z74" w:id="70"/>
-[...15 lines deleted...]
-      1) конкретными (точно определяется результат с указанием ожидаемого положительного изменения, который необходимо достичь);</w:t>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор потенциала и обсуждение карьерных устремлений работника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z75" w:id="71"/>
-[...15 lines deleted...]
-      2) измеримыми (определяются конкретные критерии для измерения достижения КЦИ);</w:t>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценивающее лицо обеспечивает атмосферу открытого и дружелюбного диалога во время встречи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z76" w:id="72"/>
-[...2581 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5280,5646 +2176,185 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методике оценки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деятельности административных</w:t>
+              <w:t>деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных служащих</w:t>
+              <w:t>административных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> служащих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>корпуса "Б" акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Атырауской области</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
-            </w:r>
-[...128 lines deleted...]
-              <w:t>подпись ____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Индивидуальный план работы руководителя структурного подразделения (государственного органа) _________________________________________________  год (период, на который составляется индивидуальный план)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+        <w:t xml:space="preserve"> Оценочный лист лица, занимающего руководящую должность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Фамилия, имя, отчество (при его наличии) служащего:_________________________ </w:t>
-[...5322 lines deleted...]
-    <w:bookmarkEnd w:id="150"/>
+       (Ф.И.О., должность оцениваемого лица с указанием государственного органа) _________________________________________________________________ (Оцениваемый период) _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Ф.И.О., должность оценивающего служащего с указанием государственного органа) _________________________________________________________________ В целях оценки деятельности административных государственных служащих корпуса "Б" (далее – оценка) предлагаем Вам оценить своих коллег по 5-балльной шкале. Оценки необходимо выставлять объективно, без личных симпатий/антипатий. Анкету необходимо заполнить сразу же от начала до конца, не отвлекаясь. Так, Вы сможете сэкономить время и повысить достоверность результатов.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10954,216 +2389,232 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Параметры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Критерии</w:t>
+          <w:bookmarkStart w:name="z89" w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оценка</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="73"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(от 0* до 5 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оценка (от 1 до 5 баллов)</w:t>
+Комментарий (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комментарий</w:t>
+Пояснение при заполнении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Качество выполнения функциональных обязанностей</w:t>
+1. Обеспечение качественного выполнения задач в курируемых подразделениях (курируемыми служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11171,140 +2622,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z90" w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="74"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-качественное исполнение задач и поручений в курируемых подразделениях;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-отсутствие обоснованных замечаний, возвратов, жалоб или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2. Соблюдение сроков выполнения задач</w:t>
+2.Обеспечение соблюдения сроков выполнения задач в курируемых подразделениях (курируемыми служащими)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11312,140 +2811,188 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z92" w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="75"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-оперативность исполнения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-отсутствие нарушения сроков исполнения документов, поручений, задач или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Самостоятельность и инициативность.</w:t>
+3. Лидерство и навыки принятия решений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11453,140 +3000,272 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z94" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- умение брать на себя руководство командой и ответственность за командный результат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- умение четко устанавливать цели и задачи;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- умение мотивировать команду посредствам личного примера, эффективной коммуникации и создания позитивного командного климата;- умение эффективно действовать в условиях неопределенности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- умение предлагать несколько вариантов решения задач, с учетом возможных рисков;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Соблюдение трудовой дисциплины</w:t>
+4. Соблюдения трудовой дисциплины оцениваемым лицом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -11594,253 +3273,605 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z99" w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="77"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-отсутствие опозданий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-отсутствие преждевременного выхода с работы без уважительной причины;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-отсутствие нарушений служебной этики;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-соблюдение требований информационной безопасности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-соблюдение требований по обеспечению государственных секретов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-соблюдение регламента государственного органа или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Отсутствие дисциплинарных взысканий</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается наложение дисциплинарных взысканий в оцениваемом квартале.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="78"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При наличии дисциплинарного взыскания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- в виде замечания, выговора, строго выговора оценка не может превышать 2,99 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- в виде иных видов взысканий, в том числе за проступки, дискредитирующие государственную службу, оценка не может превышать 1,99 баллов.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя итоговая оценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z172" w:id="151"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z108" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: для расчета средней итоговой оценки необходимо сумму выставленных оценок разделить на количество оцениваемых параметров. * оценка 0 баллов выставляется в случае полного неисполнения служащим параметра оценки. Результат оценки: ________________________________________________ (выполняет функциональные обязанности эффективно, выполняет функциональные обязанности надлежащим образом, выполняет функциональные обязанности удовлетворительно, выполняет функциональные обязанности не удовлетворительно). Результат оценки служащему выставляется исходя из средней итоговой оценки. Подпись____________________________ (удостоверенная с помощью электронной цифровой подписи) Дата________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11874,322 +3905,193 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Методике оценки</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>деятельности административных</w:t>
+              <w:t>деятельности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных служащих</w:t>
+              <w:t>административных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> служащих</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>корпуса "Б" акимата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Атырауской области</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Оценочный лист руководителей структурных подразделений методом 360 Ф.И.О. руководителя структурного подразделения _____________________________  Уважаемый респондент!</w:t>
-[...121 lines deleted...]
-    <w:bookmarkEnd w:id="160"/>
+        <w:t xml:space="preserve"> Оценочный лист лица, занимающего не руководящую должность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (Ф.И.О., должность оцениваемого лица с указанием государственного органа) _________________________________________________________________ (Оцениваемый период) _________________________________________________________________ (Ф.И.О., должность оценивающего служащего с указанием государственного органа) _________________________________________________________________ В целях оценки деятельности административных государственных служащих корпуса "Б" (далее – оценка) предлагаем Вам оценить своих коллег по 5-балльной шкале. Оценки необходимо выставлять объективно, без личных симпатий/антипатий. Анкету необходимо заполнить сразу же от начала до конца, не отвлекаясь. Так, Вы сможете сэкономить время и повысить достоверность результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12203,16550 +4105,1448 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+Параметры</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование компетенций</w:t>
+Оценка (от 0* до 5 баллов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Вопросы по компетенциям</w:t>
+Комментарий (по желанию)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ответы</w:t>
+Пояснение при заполнении</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...92 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ставит конкретные задачи и дает поручения в соответствии со стратегическими целями</w:t>
+1. Качество выполнения функциональных обязанностей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается отсутствие обоснованных замечаний, возвратов, жалоб или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Эффективно организует работу подразделения, расставляя приоритеты</w:t>
+2. Соблюдение сроков выполнения задач</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...40 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...97 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...17 lines deleted...]
-        </w:tc>
+          <w:bookmarkStart w:name="z117" w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="81"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-отсутствие нарушения сроков исполнения документов, поручений, задач или иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...37 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Самостоятельность и инициативность</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...17 lines deleted...]
-        </w:tc>
+          <w:bookmarkStart w:name="z118" w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="82"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- умение выполнять функциональные обязанности с высокой долей самостоятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- инициативность в прорабке подходов, предложений, направленных на улучшение курируемой сферы деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- активность и участия в решении курируемых задач;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...46 lines deleted...]
-Средняя оценка по выстраиванию эффективных коммуникаций</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Соблюдение трудовой дисциплины</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...77 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z122" w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="83"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>--отсутствие опозданий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-отсутствие преждевременного выхода с работы без уважительной причины;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-отсутствие нарушений служебной этики;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-соблюдение требований информационной безопасности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-соблюдение требований по обеспечению государственных секретов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-соблюдение регламента государственного органа;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- иные факты по данному параметру, предусмотренных методике оценки государственного органа.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...24 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Придерживается принципам добропорядочности, честности, доброжелательности, уважительности к коллегам и заинтересованным сторонам</w:t>
+5. Отсутствие дисциплинарных взысканий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...11 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z129" w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Учитывается наложение дисциплинарных взысканий в оцениваемом квартале.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="84"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>При наличии дисциплинарного взыскания:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- в виде замечания, выговора, строго выговора оценка не может превышать 2,99 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- в виде иных видов взысканий, в том числе за проступки, дискредитирующие государственную службу, оценка не может превышать 1,99 баллов.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...103 lines deleted...]
-Управление изменениями</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Средняя итоговая оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...29 lines deleted...]
-        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...3579 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z190" w:id="165"/>
-[...7750 lines deleted...]
-          <w:color w:val="ff0000"/>
+    <w:bookmarkStart w:name="z132" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Методика дополнена приложением 9 в соответствии с постановлением акимата Атырауской области от 29.06.2023 № </w:t>
-[...1120 lines deleted...]
-          <w:color w:val="ff0000"/>
+      Примечание: для расчета средней итоговой оценки необходимо сумму выставленных оценок разделить на количество оцениваемых параметров. * оценка 0 баллов выставляется в случае полного неисполнения служащим параметра оценки Результат оценки: ________________________________________________ (выполняет функциональные обязанности эффективно, выполняет функциональные обязанности надлежащим образом, выполняет функциональные обязанности удовлетворительно, выполняет функциональные обязанности не удовлетворительно). Результат оценки служащему выставляется исходя из средней итоговой оценки. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Методика дополнена приложением 10 в соответствии с постановлением акимата Атырауской области от 29.06.2023 № </w:t>
-[...2396 lines deleted...]
-      (фамилия, инициалы, подпись)</w:t>
+      Подпись____________________________ (удостоверенная с помощью электронной цифровой подписи) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -28754,55 +5554,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29124,35 +5924,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>