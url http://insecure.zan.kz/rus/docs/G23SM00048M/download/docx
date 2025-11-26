--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="302887a" w14:textId="302887a">
+    <w:p w14:paraId="7c2c705" w14:textId="7c2c705">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил проведения раздельных сходов местного сообщества и определения количества представителей жителей сел, улиц, многоквартирных жилых домов для участия в сходе местного сообщества на территории Уалихановского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение маслихата Уалихановского района Северо-Казахстанской области от 28 сентября 2023 года № 4-8 с</w:t>
+        <w:t>Решение маслихата Уалихановского района Северо-Казахстанской области от 28 сентября 2023 года № 4-8 с.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -605,640 +605,720 @@
               </w:rPr>
               <w:t>от 28 сентября 2023 года № 4-8 c</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z12" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила проведения раздельных сходов местного сообщества и определения количества представителей жителей сел, улиц, многоквартирных жилых домов для участия в сходах местного сообщества на территории Уалихановского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции решения Уалихановского районного маслихата Северо-Казахстанской области от 21.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16-31 с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящие Правила проведения раздельных сходов местного сообщества и определения количества представителей жителей сел, улиц, многоквартирных жилых домов для участия в сходах местного сообщества на территории Уалихановского района разработаны в соответствии с пунктом 6 статьи 39-3 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и приказом Министра национальной экономики Республики Казахстан от 23 июня 2023 года № 122 "Об утверждении Типовых правил проведения раздельных сходов местного сообщества" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32894) и устанавливают типовой порядок проведения раздельных сходов местного сообщества жителей села, сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
-[...15 lines deleted...]
-      1) раздельный сход местного сообщества – непосредственное участие жителей (членов местного сообщества) села, сельского округа, улицы, многоквартирного жилого дома в избрании представителей для участия в сходе местного сообщества;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) раздельный сход местного сообщества – непосредственное участие жителей (членов местного сообщества) села, микрорайона, улицы, многоквартирного жилого дома в избрании представителей для участия в сходе местного сообщества;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) местное сообщество – совокупность жителей (членов местного сообщества), проживающих на территории соответствующей административно-территориальной единицы, в границах которой осуществляется местное самоуправление, формируются и функционируют его органы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 2. Порядок проведения раздельных сходов местного сообщества</w:t>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Глава 2. Порядок проведения раздельных сходов местного сообщества</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
-[...15 lines deleted...]
-      3. Для проведения раздельного схода местного сообщества территория села, сельского округа подразделяется на участки (села, улицы, многоквартирные жилые дома).</w:t>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Для проведения раздельного схода местного сообщества территория сельского округа подразделяется на участки (села, улицы).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. На раздельных сходах местного сообщества избираются представители для участия в сходе местного сообщества в количестве не более трех человек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      5. Акимом сельского округа созывается и организуется проведение раздельного схода местного сообщества в пределах села, улицы, многоквартирного жилого дома.</w:t>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Раздельный сход местного сообщества созывается и организуется акимом сельского округа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. О времени, месте созыва раздельных сходов местного сообщества и обсуждаемых вопросах население местного сообщества оповещается акимом сельского округа не позднее чем за десять календарных дней до дня его проведения через средства массовой информации, интернет ресурсы, объявления в местах скопления граждан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Проведение раздельного схода местного сообщества в пределах села, улицы организуется акимом сельского округа в пределах мест их проживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии в пределах улицы многоквартирных домов раздельные сходы многоквартирного дома не проводятся.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...15 lines deleted...]
-      Не допускается участие в раздельном сходе местного сообщества несовершеннолетних лиц, лиц, признанных судом недееспособными, а также лиц, содержащихся в местах лишения свободы по приговору суда.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Перед открытием раздельного схода местного сообщества проводится регистрация присутствующих жителей соответствующего села, улицы имеющих право в нем участвовать в соответствии с пунктом 1 статьи 39-3 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
-[...15 lines deleted...]
-      Раздельный сход местного сообщества считается состоявшимся при участии не менее десяти процентов жителей (членов местного сообщества), проживающих в данном селе, улице, многоквартирном доме.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Раздельный сход местного сообщества считается состоявшимся при участии не менее десяти процентов жителей (членов местного сообщества), проживающих в данном селе, улице и имеющих право в нем участвовать.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      8. Раздельный сход местного сообщества открывается акимом сельского округа или уполномоченным им лицом.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Раздельный сход местного сообщества открывается акимом сельского округа или уполномоченным им лицом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председателем раздельного схода местного сообщества является аким сельского округа или уполномоченное им лицо.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      На раздельном сходе местного сообщества ведется протокол, для оформления протокола раздельного схода местного сообщества открытым голосованием избирается секретарь.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для оформления протокола раздельного схода местного сообщества открытым голосованием избирается секретарь.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      9. Кандидатуры представителей жителей села, улицы, многоквартирного жилого дома для участия в сходе местного сообщества выдвигаются участниками раздельного схода местного сообщества в соответствии с пунктом 4 настоящего положения.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Кандидатуры представителей жителей села, улицы для участия в сходе местного сообщества выдвигаются участниками раздельного схода местного сообщества в следующем количестве:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...15 lines deleted...]
-      10. Голосование проводится открытым способом персонально по каждой кандидатуре. Избранными считаются кандидаты, набравшие наибольшее количество голосов участников раздельного схода местного сообщества.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) по 1 (одному) представителю с одной улицы села Кишкенеколь Кишкенекольского сельского округа Уалихановского района Северо-Казахстанской области;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) 1 (один) % (процент) от общего числа избирателей села на территории сельских округов, за исключением Кишкенекольского сельского округа, но не более 3 (трех) и не менее 1 (одного) представителя с села.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Голосование проводится открытым способом персонально по каждой кандидатуре. Избранными считаются кандидаты, набравшие наибольшее количество голосов участников раздельного схода местного сообщества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Председатель раздельного схода пользуется правом решающего голоса в случае, если при голосовании на раздельном сходе местного сообщества голоса участников разделяются поровну.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Протокол раздельного схода местного сообщества подписывается председателем и секретарем и в течение двух рабочих дней со дня проведения раздельного схода передается секретарем схода в аппарат акима сельского округа для регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На сходе местного сообщества или собрании местного сообщества ведется протокол, в котором указываются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дата и место проведения схода местного сообщества или собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) общее число членов местного сообщества, проживающих на соответствующей территории и имеющих право участвовать в сходе местного сообщества или на собрании местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) количество и список присутствующих с указанием фамилии, имени, отчества (при его наличии);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фамилия, имя, отчество (при его наличии) председателя и секретаря схода местного сообщества или собрания местного сообщества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) повестка дня, содержание выступлений и принятые решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1564,31 +1644,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>