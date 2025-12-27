--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f53fe2b" w14:textId="f53fe2b">
+    <w:p w14:paraId="579b356" w14:textId="579b356">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -208,156 +208,137 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель маслихата района имени Габита Мусрепова</w:t>
             </w:r>
-          </w:p>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Северо-Казахстанской области </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -780,50 +761,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Методика в редакции решения маслихата района имени Габита Мусрепова Северо-Казахстанской области от 17.07.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 5-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); от 25.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -833,2471 +834,1073 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящая методика оценки деятельности административных государственных служащих корпуса "Б" (далее – Методика) коммунального государственного учреждения "Аппарат маслихата района имени Габита Мусрепова Северо-Казахстанской области" (далее – аппарат маслихата) разработана в соответствии с пунктом 5 статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан", Типовой методикой оценки деятельности административных государственных служащих корпуса "Б", утвержденной приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 16299) (далее – Типовая методика) и определяет порядок оценки деятельности административных государственных служащих корпуса "Б" (далее – служащие корпуса "Б") аппарата маслихата.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Методика оценки деятельности административных государственных служащих корпуса "Б" аппарата маслихата утверждается маслихатом района имени Габита Мусрепова на основе типовой Методики с учетом специфики деятельности аппарата маслихата.</w:t>
-[...71 lines deleted...]
-      3) оценивающее лицо – непосредственный руководитель и/или вышестоящий руководитель в зависимости от специфики деятельности государственного органа, а также круг лиц из рабочего окружения оцениваемого лица при оценке методом 360;</w:t>
+      2. Основные используемые понятия в настоящей Методике:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) руководящая должность – административная государственная должность корпуса "Б", которая наделена полномочиями по организации деятельности подчиненного ему подразделения или отдельных сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) непосредственный руководитель – вышестоящее по государственной должности лицо, по отношению к которому государственный служащий находится в прямом подчинении в соответствии с его должностной инструкцией – председатель маслихата района имени Габита Мусрепова;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценивающее лицо – непосредственный руководитель и/или руководитель структурного подразделения/государственного органа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) руководитель аппарата маслихата – административный государственный служащий корпуса "Б" категории Е-2;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) служащий корпуса "Б" – лицо, занимающее административную государственную должность корпуса "Б", за исключением руководителя аппарата маслихата;</w:t>
-[...107 lines deleted...]
-      11) оцениваемый период – период оценки результатов работы государственного служащего;</w:t>
+      5) оцениваемое лицо – лицо, в отношении которого проводится оценка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) калибровочные сессии – периодические встречи должностных лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) оцениваемый период – квартал, за который оцениваются результаты работы государственного служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством интегрированной информационной системы "Е-қызмет" (далее – информационная система).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка административных государственных служащих корпуса "Б" государственных органов, в которых введена система автоматизированной оценки проводится с учетом особенностей, определенными внутренними документами данных государственных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии оценивающего лица оценку проводит лицо, его замещающее.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка прикомандированных лиц проводится в принимающем государственном органе за период прикомандирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По решению первого руководителя государственного органа лица, находящиеся в его прямом подчинении, могут быть оценены руководителем аппарата данного государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оценка проводится по итогам квартала – не позднее двадцатого числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка формируется автоматически из средней оценки административного государственного служащего корпуса "Б" за отчетные кварталы календарного года в информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка формируется не позднее 30 января, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца со дня назначения или избрания на оцениваемую должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом оцениваемый период должен включать в себя не менее пятнадцати фактически отработанных служащим рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 4 сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Результаты оценки выставляются по следующей градации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности эффективно",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности надлежащим образом",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности удовлетворительно",</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Организационное сопровождение оценки обеспечивается руководителем аппарата маслихата, в должностные обязанности которого входит ведение кадровой работы, в том числе посредством информационной системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Оцениваемый служащий получает результаты своей оценки в информационной системе, а также в мобильном приложении "Е-қызмет".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ознакомление уволенных лиц, осуществляется в течение месяца, следующего за отчетным кварталом, посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня получения результатов оценки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Решение калибровочной сессии может быть обжаловано государственным служащим в соответствии с установленным порядком Административного процедурно – процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Документы, связанные с оценкой, хранятся в службе управления персоналом в течение трех лет со дня завершения оценки, а также в информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Результаты оценки являются конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением служебной необходимости, а также случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с Законом Республики Казахстан "О доступе к информации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Разногласия, связанные с процедурой оценки, рассматриваются службой управления персоналом при содействии всех заинтересованных лиц и сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Руководитель аппарата маслихата обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) при необходимости, участие во встречах оценивающего и оцениваемых лиц, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...157 lines deleted...]
-      6.  Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца. Если в период проведения оценки оцениваемый служащий находится в трудовом или социальном отпуске, периоде временной нетрудоспособности, командировке, стажировке, переподготовке или повышении квалификации, оценка служащего по достижению КЦИ проводится в течение пяти рабочих дней после выхода на работу, оценка по методу ранжирования и/или 360 проводится без его участия в установленные пунктом 5 сроки.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оценки административных государственных служащих корпуса "Б"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Оценка руководителя аппарата маслихата осуществляется непосредственным руководителем по форме, согласно приложению 1 к Типовой методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка административных государственных служащих корпуса "Б", занимающих руководящие должности, за исключением лиц указанных в первом абзаце настоящего пункта, осуществляется руководителем аппарата маслихата по форме, согласно приложению 1 к Типовой методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Оценивающему лицу оценочный лист направляется руководителем аппарата маслихата через информационную систему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценивающим лицом выставляются оценки от 0 до 5-ти.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...672 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок оценки руководителя аппарата маслихата по достижению КЦИ</w:t>
-[...1289 lines deleted...]
-      Участники калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. С целью согласования и соблюдения единого подхода к процессу оценки государственные органы проводят калибровочные сессии в порядке, предусмотренном в пункте 10 настоящей Методики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Должностное лицо, имеющее право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" принимает решение о проведении калибровочной сессии и утверждает ее состав в течение трех рабочих дней со дня поступления обращения служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав калибровочной сессии состоит из нечетного количества членов. Количество членов калибровочной сессии не должно быть менее трех.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав конкретной калибровочной сессии не включается лицо, несогласное с оценкой, а также лицо, оценившее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав членов калибровочной сессии включаются оценивающие лица (за исключением лица, оценка которого подлежит рассмотрению на калибровочной сессии), а также главный специалист.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Калибровочная сессия проводится в течение десяти рабочих дней со дня обращения служащего в порядке, предусмотренном в пункте 10 настоящей Методики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Главный специалист организовывает деятельность калибровочной сессии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. На калибровочной сессии оценивающее лицо кратко описывает работу оцениваемого лица и аргументирует свою оценку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оцениваемое лицо вправе аргументировать членам калибровочной сессии свое несогласие с оценкой в письменной или устной форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Итоговая оценка принимается большинством голосов участников калибровочной сессии и оформляется соответствующим протоколом. Главный специалист обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
-[...17 lines deleted...]
-      43. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
+      Итоговая оценка принимается большинством голосов членов калибровочной сессии и оформляется соответствующим протоколом. Руководитель аппарата маслихата обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Во время встречи обсуждаются следующие вопросы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3344,104 +1947,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обзор потенциала и обсуждение карьерных устремлений работника.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценивающее лицо обеспечивает атмосферу открытого и дружелюбного диалога во время встречи.</w:t>
-      </w:r>
-[...52 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -3449,55 +1998,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3823,31 +2372,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>