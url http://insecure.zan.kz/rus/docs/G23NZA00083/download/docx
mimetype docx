--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f871f50" w14:textId="f871f50">
+    <w:p w14:paraId="0446049" w14:textId="0446049">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,282 +85,319 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Регламента личного приема физических лиц и представителей юридических лиц должностными лицами Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказ Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан от 28 апреля 2023 года № 83. Отменен приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан от 21 января 2026 года № 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Отменен приказом Руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам РК от 21.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правительства Республики Казахстан от 15 марта 2023 года № 214 "Об утверждении Типового регламента личного приема физических лиц и представителей юридических лиц должностными лицами центральных государственных органов и аппаратов акимов областей, городов республиканского значения, столицы, внесении изменений в постановление Правительства Республики Казахстан от 8 сентября 2020 года № 560 "Об утверждении Типового регламента личного приема физических лиц и представителей юридических лиц должностными лицами аппаратов акимов областей, городов республиканского значения и столицы и Типового положения об отделах по контролю за рассмотрением обращений аппаратов акимов областей, городов республиканского значения и столицы" и признании утратившими силу некоторых решений Правительства Республики Казахстан", ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Регламент</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> личного приема физических лиц и представителей юридических лиц должностными лицами Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Департаменту кадровой работы и документационного обеспечения Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан в установленном законодательством порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в течение пяти календарных дней со дня принятия настоящего приказа направить его копии в электронном виде на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) разместить настоящий приказ на интернет-ресурсе Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего заместителя руководителя Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -374,93 +413,110 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Руководитель Бюро национальной</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Руководитель Бюро национальной</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статистики Агентства по</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>стратегическому планированию и</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">реформам Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -501,68 +557,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Шаймарданов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -680,1128 +718,1063 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 апреля 2023 года № 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Регламент личного приема физических лиц и представителей юридических лиц должностными лицами Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящий Регламент личного приема физических лиц и представителей юридических лиц должностными лицами Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан (далее – Регламент) регламентирует порядок личного приема физических лиц и представителей юридических лиц должностными лицами Бюро национальной статистики Агентства по стратегическому планированию и реформам Республики Казахстан (далее – Бюро).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Личный прием физических лиц и представителей юридических лиц (далее – прием) осуществляется в Бюро руководителем Бюро и его заместителями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Руководитель Бюро и его заместители проводят прием физических лиц и представителей юридических лиц в день их обращения в случае их согласия на прием указанными должностными лицами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок приема физических лиц и представителей юридических лиц в Бюро</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Запись на прием ведут работники Департамента кадрового и документационного обеспечения (далее – ДКРДО), ответственные за организацию приема, ежедневно в рабочие дни в рабочее время с перерывом на обед, на основании электронного документа с веб-портала "электронное правительство" либо информационной аналитической системы "Электронные обращения", обращений в бумажном формате, в том числе поступающих нарочно либо в устной форме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Обращение с просьбой о личном приеме, в котором не изложена суть вопроса, оставляется без рассмотрения с сообщением об этом заявителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Отказ в приеме обращения не допускается.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае, если обращение с просьбой о личном приеме не соответствует требованиям, установленным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – Кодекс), об этом указывается заявителю и устанавливается разумный срок для его приведения в соответствие с требованиями Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обращение с просьбой о личном приеме, которое в установленный срок не приведено в соответствие с требованиями Кодекса, подлежит возврату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Прием в Бюро лицами, указанными в пункте 2 настоящего Регламента, проводится не реже одного раза в месяц согласно утвержденному графику.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Графики приема с указанием фамилии, имени и отчества (при его наличии) должностного лица, дней приема вывешиваются на 0 (нулевом) этаже Дома министерств, где расположено Бюро по адресу: город Астана, район "Есиль", проспект Мәңгілік Ел, 8, 4 подъезд на государственном и русском языках, в доступных для общего обозрения местах, а также размещается на официальном сайте Бюро и веб-портале "электронное правительство".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Прием заместителями Бюро может осуществляться вне утвержденного графика по соответствующему поручению руководителя Бюро, с указанием даты проведения приема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Перед началом приема физическое лицо или представитель юридического лица (далее – заявитель) предъявляет документ, удостоверяющий его личность, а при обращении от имени других лиц – документы, подтверждающие полномочия представлять их интересы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Прием иностранцев и лиц без гражданства проводится в соответствии с требованиями по обеспечению режима секретности в Республике Казахстан, утвержденными постановлением Правительства Республики Казахстан от 28 октября 2021 года № 776 дсп, и иными нормативными правовыми актами Республики Казахстан, регулирующими отношения в области защиты государственных секретов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае необходимости прием иностранцев и лиц без гражданства проводится с участием переводчика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обращения иностранцев и лиц без гражданства, поданные на приеме, рассматриваются в порядке, установленном законодательством Республики Казахстан, если международными договорами, ратифицированными Республикой Казахстан, не предусмотрены иные правила их рассмотрения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Прием проводится в порядке очередности обращения. Ветераны Великой Отечественной войны, ветераны, приравненные по льготам к ветеранам Великой Отечественной войны, ветераны боевых действий на территории других государств, ветераны труда, лица с инвалидностью, беременные женщины, лица, награжденные орденами "Алтын Қыран", "Халық қаһарманы", "Қазақстанның Еңбек Ері", принимаются вне очереди.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. С согласия заявителя прием руководителем Бюро и его заместителями может осуществляться посредством видеоконференцсвязи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В случаях введения ограничительных мер, связанных с пандемией, или других обстоятельств, связанных с обеспечением безопасности физических лиц и представителей юридических лиц, прием осуществляется исключительно посредством видеоконференцсвязи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Не осуществляется запись на прием:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) по вопросам, не входящим в компетенцию Бюро;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) когда имеется решение административного органа, должностного лица по административному делу в отношении участника административной процедуры о том же предмете и по тем же основаниям, которые указаны в обращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) когда имеется вступивший в законную силу судебный акт, вынесенный в отношении того же лица, о том же предмете и по тем же основаниям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) если административным органом, должностным лицом возвращено обращение;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) если административным органом, должностным лицом принят отзыв обращения от заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В случаях невозможности проведения приема по причине временной нетрудоспособности, служебной командировки и другим причинам принимающее лицо оповещает работника Бюро, ответственного за прием, не позднее чем за 2 (два) рабочих дня или в день проведения личного приема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. В день приема в Бюро могут привлекаться юридические консультанты, психологи и социальные работники (возможно привлечение волонтеров только на дни приема), помогающие оформить (в случае необходимости) дополнительные заявления и другие сопутствующие документы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. При проведении приема соответствующими работниками Бюро обеспечивается по согласованию участие представителей других заинтересованных органов, если поднимаемый вопрос касается их компетенции.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ответственный работник структурного подразделения Бюро, непосредственно рассматривающий обращение заявителя, после отправки запроса на участие в приеме представителей других заинтересованных органов, информирует заявителя в течение 2 (два) рабочих дней о направлении запроса и при необходимости продлении рассмотрения обращения о записи на прием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Информация о фактах отказа в участии других заинтересованных органов в совместном приеме в течение 2 (два) рабочих дней направляется в Аппарат Правительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Прием осуществляется на государственном и русском языках по желанию заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. В ходе приема работники ДКРДО по решению руководства Бюро могут приглашать для участия в приеме работников структурных подразделений Бюро и согласовывать с соответствующими должностными лицами время и место приема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Результаты приема протоколируются с отражением принятого в ходе приема решения по обращению либо поручений, с указанием конкретных сроков их исполнения. Протокольные поручения прикрепляются к обращениям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Прием граждан освещается в средствах массовой информации с соблюдением требований о защите персональных данных и сведений, составляющих государственные секреты либо иную охраняемую законом тайну.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок регистрации и рассмотрения обращений по вопросам приема физических лиц и представителей юридических лиц</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Поступившие обращения о записи на прием регистрируются работниками ДКРДО в электронной системе документооборота либо информационной аналитической системе "Электронные обращения" в день их поступления и направляются руководству Бюро.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если обращение поступило в нерабочий день, то оно регистрируется в ближайший следующий за ним рабочий день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обращения, поступившие в устной форме при личной явке заявителя или посредством телефонной связи, заносятся ДКРДО в отдельный протокол и подлежат регистрации в соответствии с частью первой настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Работник соответствующего структурного подразделения Бюро непосредственно рассматривающий обращение, за 5 (пять) рабочих дней до начала приема после сбора и анализа материалов готовит справочную информацию на имя руководства Бюро с предложением о назначении даты приема или отказе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. По итогам принятого решения работник соответствующего структурного подразделения Бюро, непосредственно рассматривающий обращение, формирует список лиц, принимаемых руководством Бюро, и направляет его в ДКРДО для включения в график приема.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Работник ДКРДО распределяет утвержденные списки в график приема в порядке очередности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Работник соответствующего структурного подразделения, непосредственно рассматривающий обращение, направляет ответ заявителю с указанием даты и времени приема в срок не позднее 15 (пятнадцать) рабочих дней с момента регистрации обращения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. В случае сложного характера вопроса, требующего большей проработки, заявителю направляется письмо о продлении срока рассмотрения обращения не более чем на 30 (тридцать) календарных дней с момента регистрации обращения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок рассмотрения обращения может быть продлен мотивированным решением руководства Бюро на разумный срок, но не более чем до двух месяцев ввиду необходимости установления фактических обстоятельств, имеющих значение для правильного рассмотрения обращения, о чем заявитель извещается в течение 3 (три) рабочих дней со дня продления срока.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Требования работников ДКРДО о предоставлении материалов, необходимых для организации приема руководством Бюро, анализа и обобщения практики проведения приема, являются обязательными для исполнения структурными подразделениями Бюро.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. До принятия решения об отказе в приеме, не позднее чем за три рабочих дня заявителю направляется проект предварительного решения об отказе для проведения процедуры заслушивания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае отказа в приеме процедура заслушивания может осуществляться способами, предусмотренными частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Организация и порядок проведения процедуры заслушивания осуществляются с учетом требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1836,338 +1809,345 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Осуществление контроля исполнения поручений по итогам приема</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Контроль протокольных поручений, подготовленных по итогам приемов осуществляет ДКРДО.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Основанием для снятия с контроля поступившего с приема обращения является окончательный мотивированный ответ заявителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Обращения, поданные заявителем при проведении приема, регистрируются в системе электронного документооборота либо информационной аналитической системе "Электронные обращения" с проставлением отметки "с личного приема".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Не допускается поручать рассмотрение обращения с личного приема работнику, которому оно ранее поручалось.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Работники ДКРДО на регулярной основе осуществляют мониторинг уровня удовлетворенности заявителей, проводят посредством телефонной связи выборочный опрос заявителей, получивших консультации и отказавшихся от записи на личный прием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. ДКРДО совместно с другими заинтересованными структурными подразделениями обеспечивают:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) информационно-аналитическое сопровождение работы Бюро в рамках проводимых приемов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) участие ответственных должностных лиц, задействованных в приеме, в том числе ответственных должностных лиц других заинтересованных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обратную связь с заявителем (по необходимости);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Результаты работы по приему граждан Бюро, предоставляются не реже одного раза в квартал в Агентство по стратегическому планированию и реформам Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2489,35 +2469,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>