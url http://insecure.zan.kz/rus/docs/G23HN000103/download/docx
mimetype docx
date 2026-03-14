--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e533a82" w14:textId="e533a82">
+    <w:p w14:paraId="a68c98b" w14:textId="a68c98b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -922,52 +922,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оцениваемый период – квартал, за который оцениваются результаты работы государственного служащего.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z302" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством интегрированной информационной системы "Е-қызмет" (далее – информационная система). </w:t>
+        <w:t>
+      4. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством интегрированной цифровой системы "Е-қызмет" (далее – цифровая система).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z303" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценка административных государственных служащих корпуса "Б" государственных органов, в которых введена система автоматизированной оценки проводится с учетом особенностей, определенными внутренними документами данных государственных органов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z304" w:id="21"/>
     <w:p>
@@ -1007,110 +1007,234 @@
         <w:t>
       Оценка прикомандированных лиц проводится в принимающем государственном органе за период прикомандирования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z306" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По решению первого руководителя государственного органа лица, находящиеся в его прямом подчинении, могут быть оценены руководителем аппарата данного государственного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 с изменениями, внесенными приказом Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z307" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Оценка проводится по итогам квартала – не позднее двадцатого числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z308" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Итоговая оценка формируется автоматически из средней оценки административного государственного служащего корпуса "Б" за отчетные кварталы календарного года в информационной системе.</w:t>
+      Итоговая оценка формируется автоматически из средней оценки административного государственного служащего корпуса "Б" за отчетные кварталы календарного года в цифровой системе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z309" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая оценка формируется не позднее 30 января, следующего за отчетным годом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 с изменениями, внесенными приказом Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z310" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца со дня назначения или избрания на оцениваемую должность. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z311" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1263,94 +1387,218 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z319" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Организационное сопровождение оценки обеспечивается службой управления персоналом либо в случае ее отсутствия – структурным подразделением (лицом), на которое возложено исполнение обязанностей службы управления персоналом (кадровой службой) (далее – служба управления персоналом), в том числе посредством информационной системы.</w:t>
+      9. Организационное сопровождение оценки обеспечивается службой управления персоналом либо в случае ее отсутствия – структурным подразделением (лицом), на которое возложено исполнение обязанностей службы управления персоналом (кадровой службой) (далее – служба управления персоналом), в том числе посредством цифровой системы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 в редакции приказа Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z320" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Оцениваемый служащий получает результаты своей оценки в информационной системе, а также в мобильном приложении "Е-қызмет".</w:t>
+      10. Оцениваемый служащий получает результаты своей оценки в цифровой системе, а также в мобильном приложении "Е-қызмет".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:bookmarkStart w:name="z321" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ознакомление уволенных лиц, осуществляется в течение месяца, следующего за отчетным кварталом, посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменениями, внесенными приказом Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z322" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня получения результатов оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z323" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1383,54 +1631,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>а Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:bookmarkStart w:name="z324" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Документы, связанные с оценкой, хранятся в службе управления персоналом в течение трех лет со дня завершения оценки, а также в информационной системе.</w:t>
+      13. Документы, связанные с оценкой, хранятся в службе управления персоналом в течение трех лет со дня завершения оценки, а также в цифровой системе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 в редакции приказа Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z325" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Результаты оценки являются конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением служебной необходимости, а также случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1699,99 +2009,161 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценка иных административных государственных служащих корпуса "Б" осуществляется руководителем структурного подразделения/государственного органа по форме согласно приложению 2 к настоящей Методике.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z337" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      18. Оценивающему лицу оценочный лист направляется службой управления персоналом через информационную систему. </w:t>
+        <w:t>
+      18. Оценивающему лицу оценочный лист направляется службой управления персоналом через цифровую систему.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
     <w:bookmarkStart w:name="z338" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оценивающим лицом выставляются оценки от 0 до 5-ти. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
     <w:bookmarkStart w:name="z339" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае если количество оцениваемых лиц превышает двадцать человек, оценка осуществляется также административными государственными служащими корпуса "Б", определяемыми оценивающим лицом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 с изменениями, внесенными приказом Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Глава 3. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z341" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1997,54 +2369,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
     <w:bookmarkStart w:name="z352" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Итоговая оценка принимается большинством голосов членов калибровочной сессии и оформляется соответствующим протоколом. Служба управления персоналом обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
+      Итоговая оценка принимается большинством голосов членов калибровочной сессии и оформляется соответствующим протоколом. Служба управления персоналом обеспечивает размещение протокола в цифровой системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 с изменениями, внесенными приказом Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z353" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z354" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2313,50 +2747,88 @@
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z150" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оценочный лист лица, занимающего руководящую должность</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 с изменениями, внесенными приказом Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z151" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ф.И.О., должность оцениваемого лица с указанием государственного органа)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3468,51 +3940,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -отсутствие нарушений служебной этики;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--соблюдение требований информационной безопасности;</w:t>
+-соблюдение требований кибербезопасности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -соблюдение требований по обеспечению государственных секретов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4178,50 +4650,88 @@
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z159" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оценочный лист лица, занимающего не руководящую должность</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 с изменениями, внесенными приказом Министра науки и высшего образования РК от 27.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271-к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ф.И.О., должность оцениваемого лица с указанием государственного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5069,51 +5579,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Соблюдение трудовой дисциплины</w:t>
+4.Соблюдение трудовой дисциплины</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5241,51 +5751,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -отсутствие нарушений служебной этики;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--соблюдение требований информационной безопасности;</w:t>
+-соблюдение требований кибербезопасности;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -соблюдение требований по обеспечению государственных секретов;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5826,55 +6336,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>