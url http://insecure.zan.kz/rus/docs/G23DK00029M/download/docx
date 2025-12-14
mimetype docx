--- v0 (2025-11-11)
+++ v1 (2025-12-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a6034e7" w14:textId="a6034e7">
+    <w:p w14:paraId="ef62eab" w14:textId="ef62eab">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,152 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении методики оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарата Карасайского районного маслихата"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z7" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение Карасайского районного маслихата Алматинской области от 3 мая 2023 года № 2-9. Утратило силу решением Карасайского районного маслихата Алматинской области от 31 октября 2025 года № 43-4</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу решением Карасайского районного маслихата Алматинской области от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 43-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -155,131 +239,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 33 Закона Республики Казахстан от 23 ноября 2015 года "О государственной службе Республики Казахстан", приказом Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О некоторых вопросах оценки деятельности административных государственных служащих" Карасайский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить методику оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарата Карасайского районного маслихата" согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Контроль за исполнением настоящего решения возложить на руководителя аппарата Карасайского районного маслихата К.Абильбекову.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
-[...15 lines deleted...]
-      2. Контроль за исполнением настоящего решения возложить на руководителя аппарата Карасайского районного маслихата К.Абильбекову.</w:t>
+    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее решение вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -457,87 +540,87 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к решению Карасайского районного маслихата от "_03_" _мая_ 2023 года № _2-9_</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методика оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарата Карасайского районного маслихата "</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая Методика оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарата Карасайского районного маслихата" (далее - Методика) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -552,2697 +635,2719 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан", подпунктом 2) 1 приказа Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О некоторых вопросах оценки деятельности административных государственных служащих" (далее типовая Методика), и определяет порядок оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарата Карасайского районного маслихата" (далее - аппарат маслихата).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Методика оценки деятельности административных государственных служащих корпуса "Б" аппарата маслихата утверждается первым руководителем Карасайского районного маслихата на основе Типовой методики с учетом специфики деятельности аппарата маслихата.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
-[...15 lines deleted...]
-      2. Методика оценки деятельности административных государственных служащих корпуса "Б" аппарата маслихата утверждается первым руководителем Карасайского районного маслихата на основе Типовой методики с учетом специфики деятельности аппарата маслихата.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Основные используемые понятия в настоящей Методике:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
-[...15 lines deleted...]
-      3. Основные используемые понятия в настоящей Методике:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) вышестоящий руководитель - лицо, по отношению к которому непосредственный руководитель оцениваемого служащего находится в прямом подчинении;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
-[...15 lines deleted...]
-      1) вышестоящий руководитель - лицо, по отношению к которому непосредственный руководитель оцениваемого служащего находится в прямом подчинении;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) непосредственный руководитель - вышестоящее по государственной должности лицо, по отношению к которому государственный служащий находится в прямом подчинении в соответствии с его должностной инструкцией;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
-[...15 lines deleted...]
-      2) непосредственный руководитель - вышестоящее по государственной должности лицо, по отношению к которому государственный служащий находится в прямом подчинении в соответствии с его должностной инструкцией;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценивающее лицо - непосредственный руководитель и/или вышестоящий руководитель в зависимости от специфики деятельности государственного учреждения "Аппарата Карасайского районного маслихата", а также круг лиц из рабочего окружения оцениваемого лица при оценке методом 360;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
-[...15 lines deleted...]
-      3) оценивающее лицо - непосредственный руководитель и/или вышестоящий руководитель в зависимости от специфики деятельности государственного учреждения "Аппарата Карасайского районного маслихата", а также круг лиц из рабочего окружения оцениваемого лица при оценке методом 360;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) руководитель аппарата Карасайского районного маслихата - административный государственный служащий корпуса "Б" категорий, Е - 2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
-[...15 lines deleted...]
-      4) руководитель аппарата Карасайского районного маслихата - административный государственный служащий корпуса "Б" категорий, Е - 2;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) служащий корпуса "Б" - лицо, занимающее административную государственную должность корпуса "Б", за исключением руководителя аппарата Карасайского районного маслихата;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
-[...15 lines deleted...]
-      5) служащий корпуса "Б" - лицо, занимающее административную государственную должность корпуса "Б", за исключением руководителя аппарата Карасайского районного маслихата;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) оцениваемое лицо - руководитель аппарата Карасайского районного маслихата или служащий корпуса "Б";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
-[...15 lines deleted...]
-      6) оцениваемое лицо - руководитель аппарата Карасайского районного маслихата или служащий корпуса "Б";</w:t>
+    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ключевые целевые индикаторы (далее - КЦИ) - показатели, устанавливаемые для руководителя аппарата Карасайского районного маслихата и направленные на повышение эффективности деятельности государственного учреждения "Аппарата Карасайского районного маслихата";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
-[...15 lines deleted...]
-      7) ключевые целевые индикаторы (далее - КЦИ) - показатели, устанавливаемые для руководителя аппарата Карасайского районного маслихата и направленные на повышение эффективности деятельности государственного учреждения "Аппарата Карасайского районного маслихата";</w:t>
+    <w:bookmarkStart w:name="z25" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) метод ранжирования - метод оценки, при котором оценка деятельности служащих корпуса "Б" определяется с учетом степени их соответствия параметрам оценки - качество выполнения функциональных обязанностей, соблюдение сроков выполнения задач, инициативность и самостоятельность, соблюдение трудовой дисциплины, объем и сложность выполняемой работы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
-[...15 lines deleted...]
-      8) метод ранжирования - метод оценки, при котором оценка деятельности служащих корпуса "Б" определяется с учетом степени их соответствия параметрам оценки - качество выполнения функциональных обязанностей, соблюдение сроков выполнения задач, инициативность и самостоятельность, соблюдение трудовой дисциплины, объем и сложность выполняемой работы;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) метод 360 - метод оценки, направленный на выявление наличия у оцениваемого лица требуемых компетенций путем опроса круга лиц из рабочего окружения оцениваемого лица;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
-[...15 lines deleted...]
-      9) метод 360 - метод оценки, направленный на выявление наличия у оцениваемого лица требуемых компетенций путем опроса круга лиц из рабочего окружения оцениваемого лица;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) калибровочные сессии - периодические встречи оценивающих лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
-[...15 lines deleted...]
-      10) калибровочные сессии - периодические встречи оценивающих лиц для обсуждения, возможной корректировки и утверждения результатов оценки деятельности оцениваемых лиц;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) оцениваемый период - период оценки результатов работы государственного служащего.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
-[...15 lines deleted...]
-      11) оцениваемый период - период оценки результатов работы государственного служащего.</w:t>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Оценка деятельности административных государственных служащих корпуса "Б" (далее - оценка) проводится для определения эффективности и качества их работы посредством единой информационной системы по управлению персоналом (далее - информационная система). При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях, либо в информационных системах, функционирующих в государственном органе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
-[...15 lines deleted...]
-      4. Оценка деятельности административных государственных служащих корпуса "Б" (далее - оценка) проводится для определения эффективности и качества их работы посредством единой информационной системы по управлению персоналом (далее - информационная система). При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях, либо в информационных системах, функционирующих в государственном органе.</w:t>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка осуществляется на основании результатов достижения КЦИ, методами ранжирования и 360 в зависимости от категории должности оцениваемого лица.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
-[...15 lines deleted...]
-      Оценка осуществляется на основании результатов достижения КЦИ, методами ранжирования и 360 в зависимости от категории должности оцениваемого лица.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Оценка по достижению КЦИ и методу ранжирования проводится по итогам квартала - не позднее десятого числа месяца, следующего за отчетным кварталом, по методу 360 проводится по итогам года - не позднее десятого числа месяца, следующего за отчетным годом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
-[...15 lines deleted...]
-      5. Оценка по достижению КЦИ и методу ранжирования проводится по итогам квартала - не позднее десятого числа месяца, следующего за отчетным кварталом, по методу 360 проводится по итогам года - не позднее десятого числа месяца, следующего за отчетным годом.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка по КЦИ и ранжированию складывается из средней оценки служащего корпуса "Б" за отчетные кварталы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
-[...15 lines deleted...]
-      Итоговая оценка по КЦИ и ранжированию складывается из средней оценки служащего корпуса "Б" за отчетные кварталы.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее трех месяцев. Если в период проведения оценки оцениваемый служащий находится в трудовом или социальном отпуске, периоде временной нетрудоспособности, командировке, стажировке, переподготовке или повышении квалификации, оценка служащего по достижению КЦИ проводится в течение пяти рабочих дней после выхода на работу, оценка по методу ранжирования и/или 360 проводится без его участия в установленные пунктом 5 сроки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
-[...15 lines deleted...]
-      6. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее трех месяцев. Если в период проведения оценки оцениваемый служащий находится в трудовом или социальном отпуске, периоде временной нетрудоспособности, командировке, стажировке, переподготовке или повышении квалификации, оценка служащего по достижению КЦИ проводится в течение пяти рабочих дней после выхода на работу, оценка по методу ранжирования и/или 360 проводится без его участия в установленные пунктом 5 сроки.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 5 сроки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
-[...15 lines deleted...]
-      7. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 5 сроки.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Результаты оценки выставляются по следующей градации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
-[...15 lines deleted...]
-      8. Результаты оценки выставляются по следующей градации:</w:t>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности эффективно",</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности эффективно",</w:t>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности надлежащим образом",</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности надлежащим образом",</w:t>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности удовлетворительно",</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности удовлетворительно",</w:t>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
-[...15 lines deleted...]
-      "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
-[...15 lines deleted...]
-      Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Результаты достижения КЦИ и результаты оценки по методу ранжирования являются основанием для принятия решений по выплате бонусов, поощрению, обучению, ротации, понижению в государственной должности либо увольнению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
-[...15 lines deleted...]
-      9. Результаты достижения КЦИ и результаты оценки по методу ранжирования являются основанием для принятия решений по выплате бонусов, поощрению, обучению, ротации, понижению в государственной должности либо увольнению.</w:t>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Результаты оценки по методу 360 являются основанием для принятия решений по обучению служащего.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z42" w:id="33"/>
-[...15 lines deleted...]
-      10. Результаты оценки по методу 360 являются основанием для принятия решений по обучению служащего.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Организационное сопровождение оценки обеспечивается главным специалистом по кадрам аппарата Карасайского районного маслихата, (далее – главным специалистом), в том числе посредством информационной системы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z43" w:id="34"/>
-[...15 lines deleted...]
-      11. Организационное сопровождение оценки обеспечивается главным специалистом по кадрам аппарата Карасайского районного маслихата, (далее – главным специалистом), в том числе посредством информационной системы.</w:t>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом главным специалистом в информационной системе создается график оценки служащих, который утверждается должностным лицом, имеющим право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z44" w:id="35"/>
-[...15 lines deleted...]
-      При этом главным специалистом в информационной системе создается график оценки служащих, который утверждается должностным лицом, имеющим право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б".</w:t>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Главным специалистом обеспечивает ознакомление оцениваемого служащего с результатами оценки в течение двух рабочих дней со дня ее завершения посредством информационной системы и/или интернет - портала государственных органов либо системы электронного документооборота.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z45" w:id="36"/>
-[...15 lines deleted...]
-      12. Главным специалистом обеспечивает ознакомление оцениваемого служащего с результатами оценки в течение двух рабочих дней со дня ее завершения посредством информационной системы и/или интернет - портала государственных органов либо системы электронного документооборота.</w:t>
+    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня ознакомления с результатами оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z46" w:id="37"/>
-[...15 lines deleted...]
-      13. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня ознакомления с результатами оценки.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Решение калибровочной сессии может быть обжаловано государственным служащим в соответствии с установленным порядком Административного процедурно - процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z47" w:id="38"/>
-[...15 lines deleted...]
-      14. Решение калибровочной сессии может быть обжаловано государственным служащим в соответствии с установленным порядком Административного процедурно - процессуального кодекса Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z48" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Документы, связанные с оценкой, хранятся в аппарате маслихата в течение трех лет со дня завершения оценки, а также при наличии технической возможности в информационной системе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z48" w:id="39"/>
-[...15 lines deleted...]
-      15. Документы, связанные с оценкой, хранятся в аппарате маслихата в течение трех лет со дня завершения оценки, а также при наличии технической возможности в информационной системе.</w:t>
+    <w:bookmarkStart w:name="z49" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Результаты оценки являются строго конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с Законом Республики Казахстан "О доступе к информации".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z49" w:id="40"/>
-[...15 lines deleted...]
-      16. Результаты оценки являются строго конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с Законом Республики Казахстан "О доступе к информации".</w:t>
+    <w:bookmarkStart w:name="z50" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Разногласия, связанные с процедурой оценки, рассматриваются главным специалистом аппарата, при содействии всех заинтересованных лиц и сторон.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z50" w:id="41"/>
-[...15 lines deleted...]
-      17. Разногласия, связанные с процедурой оценки, рассматриваются главным специалистом аппарата, при содействии всех заинтересованных лиц и сторон.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Оценивающее лицо обеспечивает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z51" w:id="42"/>
-[...15 lines deleted...]
-      18. Оценивающее лицо обеспечивает:</w:t>
+    <w:bookmarkStart w:name="z52" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) доведение до сведения оцениваемых лиц общих результатов работы государственного учреждения "Аппарата Карасайского районного маслихата" за оцениваемый период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
-[...15 lines deleted...]
-      1) доведение до сведения оцениваемых лиц общих результатов работы государственного учреждения "Аппарата Карасайского районного маслихата" за оцениваемый период;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) своевременную постановку, согласование и утверждение КЦИ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
-[...15 lines deleted...]
-      2) своевременную постановку, согласование и утверждение КЦИ;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проведение в течение оцениваемого периода регулярного мониторинга степени выполнения КЦИ и предоставление им итоговой оценки деятельности и конструктивной обратной связи; проведение в течение оцениваемого периода регулярного мониторинга степени выполнения функциональных обязанностей оцениваемыми лицами и предоставление им итоговой оценки деятельности работника и конструктивной обратной связи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
-[...15 lines deleted...]
-      3) проведение в течение оцениваемого периода регулярного мониторинга степени выполнения КЦИ и предоставление им итоговой оценки деятельности и конструктивной обратной связи; проведение в течение оцениваемого периода регулярного мониторинга степени выполнения функциональных обязанностей оцениваемыми лицами и предоставление им итоговой оценки деятельности работника и конструктивной обратной связи;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) участие в калибровочных сессиях и в решении спорных вопросов по оценке оцениваемых лиц, в случае их возникновения в процессе оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
-[...15 lines deleted...]
-      4) участие в калибровочных сессиях и в решении спорных вопросов по оценке оцениваемых лиц, в случае их возникновения в процессе оценки.</w:t>
+    <w:bookmarkStart w:name="z56" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Оцениваемое лицо обеспечивает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
-[...15 lines deleted...]
-      19. Оцениваемое лицо обеспечивает:</w:t>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) проведение регулярного мониторинга степени выполнения им КЦИ/поставленных задач;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
-[...15 lines deleted...]
-      1) проведение регулярного мониторинга степени выполнения им КЦИ/поставленных задач;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение своевременной самооценки в рамках оценки его деятельности по методу 360;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
-[...15 lines deleted...]
-      2) проведение своевременной самооценки в рамках оценки его деятельности по методу 360;</w:t>
+    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) участие во встречах с руководителем по обсуждению результатов оценки деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
-[...15 lines deleted...]
-      3) участие во встречах с руководителем по обсуждению результатов оценки деятельности.</w:t>
+    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Главный специалист обеспечивает:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
-[...15 lines deleted...]
-      20. Главный специалист обеспечивает:</w:t>
+    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...15 lines deleted...]
-      1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
+    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проведение своевременного анализа и согласование КЦИ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z62" w:id="53"/>
-[...15 lines deleted...]
-      2) проведение своевременного анализа и согласование КЦИ;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) при необходимости, участие во встречах руководителя и работника, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...15 lines deleted...]
-      3) при необходимости, участие во встречах руководителя и работника, помощь в разрешении спорных вопросов путем консультирования по вопросам процесса оценки деятельности;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z64" w:id="55"/>
-[...15 lines deleted...]
-      4) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z65" w:id="56"/>
-[...15 lines deleted...]
-      5) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Результаты оценки могут быть известны только оцениваемому лицу, оценивающему лицу, главному специалисту по кадрам и участникам калибровочных сессий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z66" w:id="57"/>
-[...15 lines deleted...]
-      21. Результаты оценки могут быть известны только оцениваемому лицу, оценивающему лицу, главному специалисту по кадрам и участникам калибровочных сессий.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок оценки руководителя аппарата Карасайского районного маслихата по достижению КЦИ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Оценка деятельности руководителя аппарата Карасайского районного маслихата осуществляется на основе оценки достижения КЦИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. КЦИ устанавливается оценивающим лицом по согласованию главным специалистом по кадрам в индивидуальном плане работы руководителя аппарата Карасайского районного маслихата, составляемого в течение десяти рабочих дней после начала оцениваемого периода по форме, согласно приложению 1 к Типовой методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При назначении служащего на должность после начала оцениваемого периода КЦИ устанавливаются в течение десяти рабочих дней со дня его назначения на должность.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом в течение пяти рабочих дней со дня установления (утверждения) КЦИ главный специалист по кадрам обеспечивает (при наличии технической возможности) размещение индивидуального плана работы в информационной системе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае, если срок с даты назначения служащего до окончания оцениваемого периода составляет менее трех месяцев, КЦИ указанному служащему не устанавливаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценка достижения КЦИ руководителя аппарата Карасайского районного маслихата осуществляется оценивающим лицом в сроки, установленные в пункте 5.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z74" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом главный специалист по кадрам в целях обеспечения достоверности сведений проводят предварительный расчет фактических значений КЦИ и посредством информационной системы (при наличии технической возможности) направляет его оценивающему лицу в срок не позднее пяти рабочих дней до наступления последнего дня оценки согласно пункту 5 настоящей Методики.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z75" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. КЦИ устанавливаются в количестве от трех до пяти и должны отражать ожидаемые конкретные результаты деятельности оцениваемого лица до конца оцениваемого периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z76" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. КЦИ должны иметь количественные и качественные индикаторы измеримости достижения целей и быть:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z77" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) конкретными (точно определяется результат с указанием ожидаемого положительного изменения, который необходимо достичь);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z78" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) измеримыми (определяются конкретные критерии для измерения достижения КЦИ);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z79" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) достижимыми (КЦИ определяются с учетом имеющихся ресурсов, полномочий и ограничений);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z80" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ограниченными во времени (определяется срок достижения КЦИ в течение оцениваемого периода);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z81" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ориентированными на повышение эффективности деятельности государственного учреждения "Аппарата Карасайского районного маслихата".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z82" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Внесение изменений в КЦИ осуществляется в случае изменения функций и структуры государственного учреждения "Аппарата Карасайского районного маслихата", непосредственно влияющего на достижение КЦИ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Информационная система, либо в случае ее отсутствия главный специалист по кадрам, уведомляет руководителя аппарата Карасайского районного маслихата о проведении в отношении него оценки не позднее пятого числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Оценочный лист направляется для рассмотрения оценивающему лицу посредством информационной системы, либо в случае ее отсутствия главным специалистом по кадрам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам рассмотрения представленных материалов оценивающим лицом выставляются оценки (от 0 до 5 - ти) в соответствующей графе оценочного листа по форме согласно приложению 2 к Типовой методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При выставлении оценок оценивающее лицо использует таблицу определения допустимой оценки в зависимости от процента реализации ключевого целевого индикатора по форме, согласно приложению 3 к Типовой методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок оценки руководителя аппарата Карасайского районного маслихата по достижению КЦИ</w:t>
-[...379 lines deleted...]
-      При выставлении оценок оценивающее лицо использует таблицу определения допустимой оценки в зависимости от процента реализации ключевого целевого индикатора по форме, согласно приложению 3 к Типовой методике.</w:t>
+        <w:t xml:space="preserve"> Глава 3. Порядок оценки служащих корпуса "Б" методом ранжирования</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Оценка служащих корпуса "Б" осуществляется по методу ранжирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Оценка служащих корпуса "Б" по методу ранжирования осуществляется руководителем аппарата Карасайского районного маслихата по форме, согласно приложению 4 к Типовой методике, посредством информационной системы, функционирующей в государственном учреждении "Аппарата Карасайского районного маслихата" (при наличии технической возможности). При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Информационная система, либо в случае ее отсутствия главный специалист по кадрам уведомляет служащего корпуса "Б" о проведении в отношении него оценки не позднее десятого числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Оценивающему лицу оценочный лист направляется информационной системой, либо в случае ее отсутствия главным специалистом по кадрам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценивающим лицом выставляются оценки (от 0 до 5-ти) в соответствующей графе оценочного листа по форме согласно приложению 4 к Типовой методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Оценка служащих корпуса "Б" с учетом уровня достигнутых ими результатов при выполнении функциональных обязанностей, а также объема и сложности выполняемой работы в оцениваемом периоде определяется по следующим параметрам:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      качество выполнения функциональных обязанностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      соблюдение сроков выполнения задач;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      самостоятельность и инициативность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      трудовая дисциплина.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок оценки служащих корпуса "Б" методом ранжирования</w:t>
-[...199 lines deleted...]
-      трудовая дисциплина.</w:t>
+        <w:t xml:space="preserve"> Глава 4. Порядок оценки по методу 360</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Оценка по методу 360 проводится один раз в год анонимно в информационной системе. При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель аппарата Карасайского районного маслихата проходит оценку методом 360 по форме, согласно приложению 5 к типовой Методике, служащие корпуса "Б" по форме, согласно приложению 6 к типовой Методике.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Методом 360 оцениваются следующие компетенции в зависимости от категории оцениваемых лиц:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для руководителя аппарата маслихата:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управление деятельностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выстраивание эффективных коммуникаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следование этическим нормам и принципам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управление изменениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ориентация на результат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      самостоятельность и навыки принятия решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управление командой;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лидерские качества;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оперативность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саморазвитие;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z114" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      инициативность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для служащих корпуса "Б":</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      выстраивание эффективных коммуникаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      следование этическим нормам и принципам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      управление изменениями;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ориентация на результат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      самостоятельность и навыки принятия решений;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сотрудничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      оперативность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      саморазвитие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z124" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Количество участвующих в опросе лиц должно быть не менее трех и не более семи человек, индивидуально определяемых информационной системой, либо в случае ее отсутствия главным специалистом по кадрам, для каждого оцениваемого лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В оценке служащего методом 360 также предусмотрена его самооценка. При этом в итоговых результатах самооценка служащего не учитывается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z126" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В круг опрашиваемых лиц включаются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) непосредственный руководитель;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) служащий корпуса "Б", находящийся в прямом подчинении оцениваемого лица;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лица, находящиеся с оцениваемым лицом на одном уровне по должности и тесно взаимодействующие с ним.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Главный специалист по кадрам администрирует процесс оценки по методу 360, формирует индивидуальные отчеты и организует предоставление обратной связи по результатам оценки 360 по формам согласно приложениям 7 и 8 Типовой методики. При формировании тематики семинаров повышения квалификации и дисциплин курсов переподготовки главным специалистом по кадрам должны быть учтены результаты оценки метода 360, в том числе наименее выраженные компетенции служащего.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Порядок оценки по методу 360</w:t>
-[...639 lines deleted...]
-      37. Главный специалист по кадрам администрирует процесс оценки по методу 360, формирует индивидуальные отчеты и организует предоставление обратной связи по результатам оценки 360 по формам согласно приложениям 7 и 8 Типовой методики. При формировании тематики семинаров повышения квалификации и дисциплин курсов переподготовки главным специалистом по кадрам должны быть учтены результаты оценки метода 360, в том числе наименее выраженные компетенции служащего.</w:t>
+        <w:t xml:space="preserve"> Глава 5. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z131" w:id="122"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 5. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. С целью согласования и соблюдения единого подхода к процессу оценки государственное учреждение "Аппарата Карасайского районного маслихата" проводит калибровочные сессии в порядке, предусмотренном в пункте 13 настоящей Методики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z132" w:id="123"/>
-[...15 lines deleted...]
-      38. С целью согласования и соблюдения единого подхода к процессу оценки государственное учреждение "Аппарата Карасайского районного маслихата" проводит калибровочные сессии в порядке, предусмотренном в пункте 13 настоящей Методики.</w:t>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39. Должностное лицо, имеющее право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" принимает решение о проведении калибровочной сессии и утверждает ее состав в течение трех рабочих дней со дня поступления обращения служащего.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z133" w:id="124"/>
-[...15 lines deleted...]
-      39. Должностное лицо, имеющее право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" принимает решение о проведении калибровочной сессии и утверждает ее состав в течение трех рабочих дней со дня поступления обращения служащего.</w:t>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40. Калибровочная сессия проводится в течение десяти рабочих дней со дня обращения служащего в порядке, предусмотренном в пункте 13 настоящей Методики.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z134" w:id="125"/>
-[...15 lines deleted...]
-      40. Калибровочная сессия проводится в течение десяти рабочих дней со дня обращения служащего в порядке, предусмотренном в пункте 13 настоящей Методики.</w:t>
+    <w:bookmarkStart w:name="z135" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41. Главный специалист по кадрам организовывает деятельность калибровочной сессии.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z135" w:id="126"/>
-[...15 lines deleted...]
-      41. Главный специалист по кадрам организовывает деятельность калибровочной сессии.</w:t>
+    <w:bookmarkStart w:name="z136" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42. На калибровочной сессии оценивающее лицо кратко описывает работу оцениваемого лица и аргументирует свою оценку.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z136" w:id="127"/>
-[...15 lines deleted...]
-      42. На калибровочной сессии оценивающее лицо кратко описывает работу оцениваемого лица и аргументирует свою оценку.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Участники калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z137" w:id="128"/>
-[...15 lines deleted...]
-      Участники калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
+    <w:bookmarkStart w:name="z138" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z138" w:id="129"/>
-[...15 lines deleted...]
-      Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Итоговая оценка принимается большинством голосов участников калибровочной сессии и оформляется соответствующим протоколом. Главный специалист по кадрам обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z139" w:id="130"/>
-[...15 lines deleted...]
-      Итоговая оценка принимается большинством голосов участников калибровочной сессии и оформляется соответствующим протоколом. Главный специалист по кадрам обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z140" w:id="131"/>
-[...15 lines deleted...]
-      43. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Во время встречи обсуждаются следующие вопросы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z141" w:id="132"/>
-[...15 lines deleted...]
-      Во время встречи обсуждаются следующие вопросы:</w:t>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор достижений за оцениваемый период;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z142" w:id="133"/>
-[...15 lines deleted...]
-      обзор достижений за оцениваемый период;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор развития навыков и компетенций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z143" w:id="134"/>
-[...15 lines deleted...]
-      обзор развития навыков и компетенций;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      обзор потенциала и обсуждение карьерных устремлений работника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z144" w:id="135"/>
-[...15 lines deleted...]
-      обзор потенциала и обсуждение карьерных устремлений работника.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оценивающее лицо обеспечивает атмосферу открытого и дружелюбного диалога во время встречи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z145" w:id="136"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3564,35 +3669,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>