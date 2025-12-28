--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="401f6f7" w14:textId="401f6f7">
+    <w:p w14:paraId="57cfdbe" w14:textId="57cfdbe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,139 +85,199 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменения в решение Байганинского районного маслихата "Об утверждении методики оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарат Байганинского районного маслихата" от 19 мая 2023 года № 29</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение Байганинского районного маслихата Актюбинской области от 25 июля 2023 года № 47. Отменено решением Байганинского районного маслихата Актюбинской области от 7 ноября 2025 года № 323</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Отменено </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Байганинского районного маслихата Актюбинской области от 07.11.2025 № 323.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Байганинский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Байганинского районного маслихата "Об утверждении методики оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарат Байганинского районного маслихата" от 19 мая 2023 года № 29 следующее изменение:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -248,70 +310,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к указанному решению изложить в новой редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -420,68 +482,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Сержан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -664,93 +708,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">маслихата от 25 июля 2023 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 47</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методика оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарат Байганинского районного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая Методика оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарат Байганинского районного маслихата" (далее - Методика) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -765,70 +803,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 33 Закона Республики Казахстан "О государственной службе Республики Казахстан" (далее – Закон), </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложением 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к приказу Председателя Агентства Республики Казахстан по делам государственной службы и противодействию коррупции от 16 января 2018 года № 13 "О некоторых вопросах оценки деятельности административных государственных служащих" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 16299) (далее – типовая Методика) и определяет порядок оценки деятельности административных государственных служащих корпуса "Б" государственного учреждения "Аппарат Байганинского районного маслихата" (далее - аппарат маслихата).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные используемые понятия в настоящей Методике:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) вышестоящий руководитель - лицо, по отношению к которому непосредственный руководитель оцениваемого служащего находится в прямом подчинении;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1001,242 +1040,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оцениваемый период - период оценки результатов работы государственного служащего;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) индивидуальный план работы – документ, предусматривающий КЦИ служащего корпуса "Б" на оцениваемый период, и составляемый совместно с непосредственным руководителем и утверждаемый вышестоящим руководителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Оценивающее лицо в ходе оценки деятельности административных государственных служащих соблюдает приципы справедливости, честности, прозрачности процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оценка деятельности административных государственных служащих корпуса "Б" (далее – оценка) проводится для определения эффективности и качества их работы посредством единой информационной системы по управлению персоналом (далее – информационная система). При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях, либо в информационных системах, функционирующих в государственных органах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценка осуществляется на основании результатов достижения КЦИ, методами ранжирования и 360 в зависимости от категории должности оцениваемого лица.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценка служащих корпуса "Б" государственных органов, в которых введена система автоматизированной оценки проводится с учетом особенностей, определенными внутренними документами данных государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Оценка по достижению КЦИ и методу ранжирования проводится по итогам квартала - не позднее десятого числа месяца, следующего за отчетным кварталом, по методу 360 проводится по итогам года - не позднее десятого числа месяца, следующего за отчетным годом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая оценка по КЦИ и ранжированию складывается из средней оценки служащего корпуса "Б" за отчетные кварталы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Оценка не проводится в случаях, если срок пребывания оцениваемого служащего на конкретной должности в оцениваемом периоде составляет менее одного месяца. Если в период проведения оценки оцениваемый служащий находится в трудовом или социальном отпуске, периоде временной нетрудоспособности, командировке, стажировке, переподготовке или повышении квалификации, оценка служащего по достижению КЦИ, оценка по методу ранжирования и/или 360 проводится без его участия в установленные пунктом 5 сроки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом оценка служащих находящихся в социальных отпусках, периоде временной нетрудоспособности за период работы с 1 июля 2021 года по 31 декабря 2022 года осуществляется в порядке установленным главой 6 настоящей Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Оценка служащих, уволенных из государственного органа до окончания оцениваемого периода, проводится без их участия в установленные пунктом 5 сроки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Результаты оценки выставляются по следующей градации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Выполняет функциональные обязанности эффективно",</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1283,358 +1322,326 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Выполняет функциональные обязанности не удовлетворительно" (неудовлетворительная оценка).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Результату "Выполняет функциональные обязанности эффективно" соответствует диапазон оценок от 4 до 5 баллов, "Выполняет функциональные обязанности надлежащим образом" от 3 до 3,99 баллов, "Выполняет функциональные обязанности удовлетворительно" от 2 до 2,99 баллов, "Выполняет функциональные обязанности не удовлетворительно" от 0 до 1,99 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Результаты достижения КЦИ и результаты оценки по методу ранжирования являются основанием для принятия решений по выплате бонусов, поощрению, обучению, ротации, повышению, понижению в государственной должности либо увольнению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Результаты оценки по методу 360 являются основанием для принятия решений по обучению служащего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Организационное сопровождение оценки обеспечивается служащим корпуса "Б" аппарата маслихата, в функциональные обязанности входит ведение работы кадровой службы, главным специалистом аппарата маслихата (далее – главный специалист), в том числе посредством информационной системы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом главным специалистом в информационной системе создается график оценки служащих, который утверждается должностным лицом, имеющим право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Главный специалист обеспечивает ознакомление оцениваемого служащего с результатами оценки в течение двух рабочих дней со дня ее завершения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ознакомление служащих, указанных в части второй пункта 6 настоящей Методики, осуществляется посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В случае несогласия с результатами оценки служащий обращается с соответствующим заявлением в произвольной форме о проведении калибровочной сессии к должностному лицу, имеющему право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" в течение пяти рабочих дней со дня ознакомления с результатами оценки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Решение калибровочной сессии может быть обжаловано государственным служащим в соответствии с установленным порядком </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Административного процедурно - процессуального кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Документы, связанные с оценкой, хранятся в аппарате маслихата в течение трех лет со дня завершения оценки, а также при наличии технической возможности в информационной системе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Результаты оценки являются строго конфиденциальной информацией и не подлежат разглашению третьим лицам, за исключением случаев, когда государственный орган обязан раскрыть данную информацию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О доступе к информации".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Разногласия, связанные с процедурой оценки, рассматриваются главным специалистом при содействии всех заинтересованных лиц и сторон.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Оценивающее лицо обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) доведение до сведения оцениваемых лиц общих результатов работы аппарата маслихата за оцениваемый период;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1663,70 +1670,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) проведение в течение оцениваемого периода регулярного мониторинга степени выполнения КЦИ и предоставление им итоговой оценки деятельности и конструктивной обратной связи; проведение в течение оцениваемого периода регулярного мониторинга степени выполнения функциональных обязанностей оцениваемыми лицами и предоставление им итоговой оценки деятельности работника и конструктивной обратной связи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) участие в калибровочных сессиях и в решении спорных вопросов по оценке оцениваемых лиц, в случае их возникновения в процессе оценки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Оцениваемое лицо обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведение регулярного мониторинга степени выполнения им КЦИ/поставленных задач;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1737,70 +1744,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) проведение своевременной самооценки в рамках оценки его деятельности по методу 360;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) участие во встречах с руководителем по обсуждению результатов оценки деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Главный специалист обеспечивает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) организацию и сопровождение процесса оценки деятельности, включая подготовку коммуникационных сообщений, консультирование участников процесса оценки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1847,164 +1854,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) проведение калибровочной сессии, включая подготовку информации по каждому работнику в рамках подготовки к калибровочным сессиям;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) полноту и своевременность заполнения необходимых документов в рамках оценки деятельности за отчетный период, введение необходимых учетных записей, отправку соответствующих уведомлений работникам в рамках проведения оценки деятельности работников.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Результаты оценки могут быть известны только оцениваемому лицу, оценивающему лицу, главному специалисту и участникам калибровочных сессий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оценки руководителя аппарата маслихата по достижению КЦИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Оценка деятельности руководителя аппарата маслихата осуществляется на основе оценки достижения КЦИ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z32" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. КЦИ устанавливается оценивающим лицом по согласованию главного специалиста в индивидуальном плане работы руководителя аппарата маслихата, составляемого в течение десяти рабочих дней после начала оцениваемого периода по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к типовой Методике.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При назначении служащего на должность после начала оцениваемого периода КЦИ устанавливаются в течение десяти рабочих дней со дня его назначения на должность.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2051,90 +2042,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценка достижения КЦИ руководителя аппарата маслихата осуществляется оценивающим лицом в сроки, установленные в пункте 5.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом главный специалист в целях обеспечения достоверности сведений проводят предварительный расчет фактических значений КЦИ и посредством информационной системы (при наличии технической возможности) направляет его оценивающему лицу в срок не позднее пяти рабочих дней до наступления последнего дня оценки согласно пункту 4 настоящей Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. КЦИ устанавливаются в количестве от трех до пяти и должны отражать ожидаемые конкретные результаты деятельности оцениваемого лица до конца оцениваемого периода.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. КЦИ должны иметь количественные и качественные индикаторы измеримости достижения целей и быть:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конкретными (точно определяется результат с указанием ожидаемого положительного изменения, который необходимо достичь);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2181,110 +2172,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ограниченными во времени (определяется срок достижения КЦИ в течение оцениваемого периода);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ориентированными на реализацию документов системы государственного планирования, в том числе стратегических целей государственного органа, либо на повышение эффективности деятельности государственного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Внесение изменений в КЦИ осуществляется в случае изменения функций и структуры государственного органа, непосредственно влияющего на достижение КЦИ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Информационная система, либо в случае ее отсутствия главный специалист, уведомляет руководителя аппарата маслихата о проведении в отношении него оценки не позднее пятого числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Оценочный лист направляется для рассмотрения оценивающему лицу посредством информационной системы, либо в случае ее отсутствия главным специалистом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       По итогам рассмотрения представленных материалов оценивающим лицом выставляются оценки (от 0 до 5 - ти) в соответствующей графе оценочного листа по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2317,242 +2308,226 @@
         </w:rPr>
         <w:t xml:space="preserve">
       При выставлении оценок оценивающее лицо использует таблицу определения допустимой оценки в зависимости от процента реализации ключевого целевого индикатора по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к типовой Методике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок оценки служащих корпуса "Б" методом ранжирования</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Оценка служащих корпуса "Б" осуществляется по методу ранжирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Оценка служащих корпуса "Б" по методу ранжирования осуществляется руковдителем аппарата маслихата по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к типовой Методике посредством информационной системы, функционирующей в государственном органе (при наличии технической возможности). При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Информационная система, либо в случае ее отсутствия главный специалист уведомляет служащего корпуса "Б" о проведении в отношении него оценки не позднее десятого числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Оценивающему лицу оценочный лист направляется информационной системой, либо в случае ее отсутствия главным специалистом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Оценивающим лицом выставляются оценки (от 0 до 5-ти) в соответствующей графе оценочного листа по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к типовой Методике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="33"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Оценка служащих корпуса "Б" с учетом уровня достигнутых ими результатов при выполнении функциональных обязанностей, а также объема и сложности выполняемой работы в оцениваемом периоде определяется по следующим параметрам:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       качество выполнения функциональных обязанностей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2581,88 +2556,88 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельность и инициативность;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трудовая дисциплина.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="34"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок оценки по методу 360</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z45" w:id="35"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Оценка по методу 360 проводится один раз в год анонимно в информационной системе. При этом в случае отсутствия технической возможности оценка проводится на бумажных носителях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Руководитель аппарата маслихата проходит оценку методом 360 по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2677,70 +2652,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к типовой Методике, служащие корпуса "Б" по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к типовой Методике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="36"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Методом 360 оцениваются следующие компетенции в зависимости от категории оцениваемых лиц:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для руководителя аппарата маслихата:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3093,70 +3068,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оперативность;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       саморазвитие.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="37"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Количество участвующих в опросе лиц должно быть не менее трех и не более семи человек, индивидуально определяемых информационной системой, либо в случае ее отсутствия главным специалистом, для каждого оцениваемого лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В оценке служащего методом 360 также предусмотрена его самооценка. При этом в итоговых результатах самооценка служащего не учитывается.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3203,68 +3178,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) служащий корпуса "Б", находящийся в прямом подчинении оцениваемого лица;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) лица, находящиеся с оцениваемым лицом на одном уровне по должности и тесно взаимодействующие с ним.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Главный специалист администрирует процесс оценки по методу 360, формирует индивидуальные отчеты и организует предоставление обратной связи по результатам оценки 360 по формам согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3279,168 +3237,169 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> типовой Методики. При формировании тематики семинаров повышения квалификации и дисциплин курсов переподготовки руководителем отдела должны быть учтены результаты оценки метода 360, в том числе наименее выраженные компетенции служащего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="38"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Порядок проведения калибровочных сессий и предоставления обратной связи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. С целью согласования и соблюдения единого подхода к процессу оценки государственный орган проводит калибровочные сессии в порядке, предусмотренном в пункте 13 настоящей Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Должностное лицо, имеющее право назначения на государственную должность и освобождения от государственной должности административного государственного служащего корпуса "Б" принимает решение о проведении калибровочной сессии и утверждает ее состав в течение трех рабочих дней со дня поступления обращения служащего.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Калибровочная сессия проводится в течение десяти рабочих дней со дня обращения служащего в порядке, предусмотренном в пункте 13 настоящей Методики.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Главный специалист организовывает деятельность калибровочной сессии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. На калибровочной сессии оценивающее лицо кратко описывает работу оцениваемого лица и аргументирует свою оценку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Участники калибровочной сессии могут поддержать оценку оценивающего лица либо привести аргументы для корректировки оценки.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3451,70 +3410,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка оценки осуществляется как в сторону повышения, так и в сторону понижения.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Итоговая оценка принимается большинством голосов участников калибровочной сессии и оформляется соответствующим протоколом. Руководитель отдела обеспечивает размещение протокола в информационной системе (при наличии технической возможности) в течение трех рабочих дней со дня его подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="44"/>
+    <w:bookmarkStart w:name="z55" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. По результатам калибровочной сессии оценивающее лицо проводит встречи с оцениваемым служащим и предоставляет обратную связь о результатах итоговой оценки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Во время встречи обсуждаются следующие вопросы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3561,173 +3520,168 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обзор потенциала и обсуждение карьерных устремлений работника.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оценивающее лицо обеспечивает атмосферу открытого и дружелюбного диалога во время встречи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="45"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Порядок оценки деятельности административных государственных служащих корпуса "Б" за период работы с 1 июля 2021 года по 31 декабря 2022 года, находящихся в социальных отпусках, периоде временной нетрудоспособности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. КЦИ определяются непосредственным руководителем в индивидуальном плане работы административного государственного служащего корпуса "Б", составляемого в течение 10 рабочих дней после начала оцениваемого периода по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Типовой методике.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="46"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Индивидуальный план работы, с соответствующими КЦИ, утверждается вышестоящим руководителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z59" w:id="47"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z59" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. В случае если непосредственным руководителем служащего корпуса "Б" является первый руководитель государственного органа (местного исполнительного органа), индивидуальный план работы утверждается данным должностным лицом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z60" w:id="48"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z60" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. КЦИ являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конкретными (точно определяется результат с указанием ожидаемого положительного изменения, который необходимо достичь);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3756,153 +3710,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) достижимыми (КЦИ определяются с учетом имеющихся ресурсов, полномочий и ограничений);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ограниченными во времени (определяется срок достижения КЦИ в течение оцениваемого периода);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Количество КЦИ составляет 5.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z62" w:id="50"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z62" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Порядок оценки достижения КЦИ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z63" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Для проведения оценки непосредственный руководитель служащего корпуса "Б" заполняет лист оценки по КЦИ по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Типовой методике, и подписывает его.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z64" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Оценка реализации индивидуального плана работы осуществляется по итогам года, на который составлялся индивидуальный план работы, на основе оценки достижения КЦИ в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при достижении всех КЦИ ставится оценка "Выполняет функциональные обязанности эффективно".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3949,384 +3898,384 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при достижении менее 3 из 5 КЦИ ставится оценка "Выполняет функциональные обязанности не удовлетворительно".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Достижение КЦИ предусматривает полное исполнение предусмотренных индивидуальным планом показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
+    <w:bookmarkStart w:name="z65" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. После заполнения оценочного листа непосредственным руководителем, он вносится на рассмотрение вышестоящему руководителю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z66" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. В случае если непосредственным руководителем служащего корпуса "Б" является первый руководитель государственного органа, оценочный лист вносится на его рассмотрение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z67" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. По итогам рассмотрения оценочного листа служащего корпуса "Б" вышестоящим руководителем принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) согласиться с оценкой;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) направить на доработку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
+    <w:bookmarkStart w:name="z68" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Оценочный лист направляется на доработку в случае недостаточности либо недостоверности подтверждающих достижения КЦИ фактов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z69" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Повторное внесение оценочного листа на рассмотрение вышестоящего руководителя осуществляется не позднее 2 рабочих дней со дня направления на доработку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z70" w:id="57"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z70" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. После подписания вышестоящим руководителем оценочного листа служба управления персоналом не позднее 2 рабочих дней выносит его на рассмотрение Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z71" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Рассмотрение результатов оценки Комиссией и обжалование результатов оценки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z72" w:id="59"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z72" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Главный специалист формирует график проведения оценки по согласованию с председателем Комиссии и обеспечивает уведомление лиц, осуществляющих оценку, о ее проведении за три рабочих дня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z73" w:id="60"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z73" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Заседание Комиссии считается правомочным, если на нем присутствовали не менее двух третей ее состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z74" w:id="61"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z74" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Замена отсутствующего члена или председателя Комиссии осуществляется по решению уполномоченного лица путем внесения изменения в приказ о создании Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z75" w:id="62"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z75" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Решение Комиссии принимается открытым голосованием.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z76" w:id="63"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Результаты голосования определяются большинством голосов членов Комиссии. При равенстве голосов голос председателя Комиссии является решающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z77" w:id="64"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z77" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Секретарем Комиссии является сотрудник службы управления персоналом. Секретарь Комиссии не принимает участие в голосовании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z78" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Главный специалист обеспечивает проведение заседания Комиссии в соответствии со сроками, согласованными с председателем Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z79" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Главный специалист предоставляет на заседание Комиссии следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заполненные оценочные листы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4339,316 +4288,338 @@
         </w:rPr>
         <w:t xml:space="preserve">
       2) проект протокола заседания Комиссии по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к типовой Методике (далее – протокол).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Комиссия рассматривает результаты оценки и принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) утвердить результаты оценки;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пересмотреть результаты оценки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:bookmarkStart w:name="z81" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. В случае принятия решения о пересмотре результатов оценки Комиссия корректирует оценку и указывает ее в графе "Корректировка Комиссией результатов оценки (в случае наличия)" протокола.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z82" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Результаты оценки утверждаются уполномоченным лицом и фиксируются в протоколе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Главный специалист ознакамливает служащего корпуса "Б" с результатами оценки в течение двух рабочих дней со дня ее завершения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Ознакомление служащего корпуса "Б" с результатами оценки осуществляется посредством направления заказного письма с уведомлением о его вручении и/или телефонограммы и/или телеграммы и/или текстового сообщения по абонентскому номеру сотовой связи или по электронному адресу либо с использованием иных средств связи, обеспечивающих фиксацию извещения или вызова.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Обжалование решения Комиссии служащим корпуса "Б" в уполномоченном органе по делам государственной службы или его территориальном департаменте осуществляется в течение десяти рабочих дней со дня вынесения решения. По итогам рассмотрения жалобы уполномоченным органом по делам государственной службы принимается одно из следующих решений:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рекомендует государственному органу отменить решение Комиссии и пересмотреть результаты оценки служащего корпуса "Б";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оставить без пересмотра результаты оценки служащего корпуса "Б".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Служащим корпуса "Б" допускается обжалование результатов оценки в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4970,35 +4941,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>