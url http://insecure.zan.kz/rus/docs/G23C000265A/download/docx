--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c224ab3" w14:textId="c224ab3">
+    <w:p w14:paraId="8a19e2a" w14:textId="8a19e2a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,66 +93,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Положения об участковых комиссиях</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление акимата Актюбинской области от 9 октября 2023 года № 265</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Постановление акимата Актюбинской области от 9 октября 2023 года № 265.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -201,298 +195,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 523 "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра труда и социальной защиты населения Республики Казахстан от 23 мая 2023 года № 167 "Об утверждении Типового положения об участковых комиссиях, а также критериев определения нуждаемости в государственной адресной социальной помощи по результатам обследования материального положения заявителя" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 32560) акимат Актюбинской области ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемое </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Положение об участковых комиссиях</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата Актюбинской области от 4 июля 2019 года № 260 "Об утверждении Положения об участковых комиссиях по проведению обследования материального положения лиц (семей), обратившихся за государственной адресной социальной помощью, а также критериев определения нуждаемости в государственной адресной социальной помощи по результатам обследования материального положения заявителя" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 6277);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акимата Актюбинской области от 20 марта 2020 года № 111 "О внесении изменений и дополнений в постановление акимата Актюбинской области от 4 июля 2019 года № 260 "Об утверждении положения об участковых комиссиях по проведению обследования материального положения лиц (семей), обратившихся за государственной адресной социальной помощью") (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 6918).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Государственному учреждению "Управление координации занятости и социальных программ Актюбинской области" в установленном законодательством порядке обеспечить направление настоящего постановления на казахском и русском языках в Республиканское государственное предприятие на праве хозяйственного ведения "Институт законодательства и правовой информации Республики Казахстан" Министерства юстиции Республики Казахстан для официального опубликования и включения в Эталонный контрольный банк нормативных правовых актов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Актюбинской области.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее постановление вводится в действие со дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -800,160 +747,160 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акимата Актюбинской области </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 9 октября 2023 года № 265</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Положение об участковых комиссиях</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее Положение об участковых комиссиях (далее - Положение) определяет статус и полномочия участковых комиссий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, используемые в настоящем положении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       карьерный центр - филиал центра трудовой мобильности, осуществляющий выполнение его функций в районах, городах областного значения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      уполномоченный орган по назначению государственной адресной социальной помощи - местный исполнительный орган района, города областного значения, района в городе, города районного значения, осуществляющий назначение адресной социальной помощи;</w:t>
+      уполномоченный орган по назначению государственной адресной социальной помощи - местный исполнительный орган района, города областного значения, района в городе, города районного значения, осуществляющий назначение государственной адресной социальной помощи;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участковая комиссия (далее - Комиссия) - специальная комиссия, создаваемая решением акимов соответствующих административно-территориальных единиц для проведения обследования материального положения лиц (семей), обратившихся за адресной социальной помощью.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -966,227 +913,268 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган по назначению адресной социальной помощи осуществляет оказание социальной помощи в соответствии с Правилами оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан, утверждаемые местным представительным органом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия проводит обследование материального положения лиц (семей), обратившихся за социальной помощью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенными постановлением акимата Актюбинской области от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комиссии являются постоянно действующим коллегиальным органом на территории соответствующих административно-территориальных единиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссии организовывают свою работу на принципах открытости, гласности, коллегиальности и беспристрастности.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Комиссии в своей деятельности руководствуются </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Конституцией</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, Законами Республики Казахстан, актами Президента и Правительства Республики Казахстан, нормативными правовыми актами Республики Казахстан, настоящим Положением, а также критериями определения нуждаемости в государственной адресной социальной помощи по результатам обследования материального положения заявителя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Задачи и функции Комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Основной задачей Комиссии является содействие уполномоченному органу по назначению государственной адресной социальной помощи, а в сельской местности - акиму поселка, села, сельского округа в деятельности по оказанию государственной адресной социальной помощи населению (далее - адресная социальная помощь) или социальной помощи, предоставляемой в соответствии с Правилами оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан (далее - Правила), утверждаемые местным представительным органом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", повышению их адресности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. К основным функциям Комиссии относятся:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проведение обследования материального положения лица (семьи), обратившегося за назначением адресной социальной помощи или оказанием социальной помощи, предоставляемой в соответствии с Правилами (далее - обследование);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1215,376 +1203,438 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) составление акта обследования материального положения лица (далее - заявитель), обратившегося за назначением адресной социальной помощи или оказанием социальной помощи, предоставляемой в соответствии с Правилами;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на основании представленных документов и (или) результатов обследования подготовка заключения о необходимости предоставления или об отсутствии необходимости предоставления адресной социальной помощи или социальной помощи, предоставляемой в соответствии с Правилами, с учетом критериев определения нуждаемости в государственной адресной социальной помощи по результатам обследования материального положения заявителя, утвержденными уполномоченным государственным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Организация деятельности Комиссии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Уполномоченный орган по назначению адресной социальной помощи, а в сельской местности - аким поселка, села, сельского округа создает условия для нормальной деятельности Комиссии (предоставляет отдельную комнату на время заседания, обеспечивает нормативными правовыми актами, техническими средствами).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Состав Комиссии состоит из представителей органов местного государственного управления, общественных объединений, объединений собственников имущества, многоквартирных жилых домов, населения, организаций и уполномоченных органов образования, здравоохранения, социальной защиты населения, работников правоохранительных органов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссия состоит из председателя, секретаря и членов Комиссии. Общий состав Комиссии составляет не менее пяти человек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции постановления акимата Актюбинской области от 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Председатель организует работу Комиссии и обеспечивает своевременное и качественное выполнение задач и функций, возложенных на Комиссию настоящим Положением.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Оповещение заявителя о дате проведения заседания, подготовку предложений по повестке дня заседания Комиссии, необходимых документов, материалов и оформление протокола заседания Комиссии после его проведения осуществляет секретарь Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Заявитель при желании присутствует на заседании Комиссии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Комиссия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в течение семи рабочих дней со дня получения документов от карьерного центра или акима поселка, села, сельского округа готовит заключение на основании представленных документов и (или) результатов обследования материального положения заявителя, обратившегося за назначением адресной социальной помощи и передает его в карьерный центр или акиму поселка, села, сельского округа;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в течение двух рабочих дней со дня получения документов проводит обследование заявителя, по результатам которого составляет акт о материальном положении лица (семьи), обратившегося за оказанием социальной помощи, подготавливает заключение о нуждаемости или об отсутствии нуждаемости лица (семьи) в социальной помощи в соответствии с Правилами, и направляет их в уполномоченный орган или акиму поселка, села, сельского округа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Решения Комиссии правомочны при наличии двух третей от общего числа ее состава.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14 Решения Комиссии принимаются открытым голосованием и считаются принятыми, если за них подано большинство голосов от общего количества членов Комиссии. При равенстве голосов голос председателя Комиссии считается решающим.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Принятое решение Комиссии оформляется в форме заключения, с которым заявитель ознакамливается под роспись.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При несогласии заключение Комиссии обжалуется заявителем в уполномоченном органе, а также в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1910,31 +1960,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>