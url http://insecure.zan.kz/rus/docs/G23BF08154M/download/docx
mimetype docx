--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fe81257" w14:textId="fe81257">
+    <w:p w14:paraId="79b7248" w14:textId="79b7248">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,213 +251,159 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> соответственно, в том числе на 2024 год в следующих объемах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) доходы – 73542,5 тысяч тенге, в том числе:</w:t>
+      1) доходы – 83188,4 тысяч тенге, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      налоговые поступления – 46518,7 тысяч тенге;</w:t>
+      налоговые поступления – 81832,4 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      неналоговые поступления – 270,1 тысяч тенге;</w:t>
+      неналоговые поступления – 277,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления от продажи основного капитала – 2023,5 тысяч тенге;</w:t>
+      поступления от продажи основного капитала – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      поступления трансфертов – 24730,2 тысяч тенге;</w:t>
+      поступления трансфертов – 1079,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) затраты – 75509,5 тысяч тенге;</w:t>
+      2) затраты – 83887,3 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) чистое бюджетное кредитование – 0,0 тысяч тенге:</w:t>
-[...53 lines deleted...]
-      4) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге:</w:t>
+      3) сальдо по операциям с финансовыми активами – 0,0 тысяч тенге:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       приобретение финансовых активов – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -467,117 +413,117 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       поступления от продажи финансовых активов государства – 0,0 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) дефицит (профицит) бюджета – -1967,0 тысяч тенге;</w:t>
+      4) дефицит (профицит) бюджета – -698,9 тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) финансирование дефицита (использование профицита) бюджета – 1967,0 тысяч тенге.</w:t>
+      5) финансирование дефицита (использование профицита) бюджета – 698,9 тысяч тенге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Астраханского районного маслихата Акмолинской области от 02.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 8С-30-4</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Астраханского районного маслихата Акмолинской области от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+        <w:t>№ 8С-42-5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -933,71 +879,71 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бюджет Жалтырского сельского округа на 2024 год</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 - в редакции решения Астраханского районного маслихата Акмолинской области от 02.12.2024 </w:t>
+      Сноска. Приложение 1 - в редакции решения Астраханского районного маслихата Акмолинской области от 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8С-30-4</w:t>
+        <w:t>№ 8С-42-5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие с 01.01.2024).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -1581,51 +1527,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-73542,5</w:t>
+83188,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1758,51 +1704,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46518,7</w:t>
+81832,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1935,51 +1881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26204,3</w:t>
+55158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2112,51 +2058,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26204,3</w:t>
+55158,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2289,51 +2235,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16564,0</w:t>
+22661,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2466,51 +2412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-475,5</w:t>
+509,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2643,51 +2589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-861,2</w:t>
+923,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2820,51 +2766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15170,8</w:t>
+21031,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2997,51 +2943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56,5</w:t>
+198,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3174,51 +3120,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3750,4</w:t>
+4013,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3351,51 +3297,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3750,4</w:t>
+4013,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3528,51 +3474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-270,1</w:t>
+277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3705,51 +3651,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-264,6</w:t>
+277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3882,228 +3828,228 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-264,6</w:t>
+277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-5,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Поступления трансфертов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1079,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4123,1421 +4069,341 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...130 lines deleted...]
-5,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты из вышестоящих органов государственного управления</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1079,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...1124 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Трансферты из районного (города областного значения) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24730,2</w:t>
+1079,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5690,51 +4556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Администратор бюджетных программ</w:t>
+ Администратор бюджетных программ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
@@ -6145,51 +5011,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75509,5</w:t>
+83887,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6322,51 +5188,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44749,2</w:t>
+47444,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6499,51 +5365,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44749,2</w:t>
+47444,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6676,405 +5542,405 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44349,9</w:t>
+47444,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-399,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жилищно-коммунальное хозяйство</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10549,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-18247,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10549,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7094,164 +5960,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-18247,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Освещение улиц в населенных пунктах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6714,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7312,477 +6178,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-003</w:t>
-[...71 lines deleted...]
-18247,2</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение санитарии населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1594,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-9140,6</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Благоустройство и озеленение населенных пунктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2240,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-9140,6</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Транспорт и коммуникации </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4958,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7802,164 +6668,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-5745,2</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4958,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8020,477 +6886,477 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-892,9</w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспечение функционирования автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4958,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-2502,5</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20934,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-3372,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аппарат акима города районного значения, села, поселка, сельского округа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20934,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8510,164 +7376,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-3372,2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+043</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные изъятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20934,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8728,300 +7594,296 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-3372,2</w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Возврат неиспользованных (недоиспользованных) целевых трансфертов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III.Чистое бюджетное кредитование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9041,164 +7903,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджетные кредиты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9250,132 +8108,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-0,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Погашение бюджетных кредитов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9468,87 +8322,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-III.Чистое бюджетное кредитование</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+IV. Сальдо по операциям с финансовыми активами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9641,87 +8495,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджетные кредиты</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+Приобретение финансовых активов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9814,87 +8668,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Погашение бюджетных кредитов</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+Поступления от продажи финансовых активов государства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9987,87 +8841,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. Сальдо по операциям с финансовыми активами</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+V. Дефицит (профицит) бюджета</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-698,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10160,606 +9014,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Приобретение финансовых активов</w:t>
-[...517 lines deleted...]
-              <w:t>
 VI. Финансирование дефицита (использование профицита) бюджета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1967,0</w:t>
+698,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -27454,55 +25789,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>