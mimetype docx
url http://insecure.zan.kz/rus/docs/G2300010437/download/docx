--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8677ab3" w14:textId="8677ab3">
+    <w:p w14:paraId="1debb4e" w14:textId="1debb4e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,600 +85,559 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении натуральных норм республиканского государственного учреждения "Государственная фельдъегерская служба Республики Казахстан" Аппарата Правительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра - Руководителя Аппарата Правительства Республики Казахстан от 17 марта 2023 года № 10-4-37</w:t>
+        <w:t>Приказ Заместителя Премьер-Министра - Руководителя Аппарата Правительства Республики Казахстан от 17 марта 2023 года № 10-4-37. Утратил силу приказом Заместителя Премьер-Министра - Руководителя Аппарата Правительства Республики Казахстан от 3 декабря 2025 года № 10-4-100</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратил силу приказом Заместителя Премьер-Министра - Руководителя Аппарата Правительства РК от 03.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 10-4-100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 69 Бюджетного кодекса Республики Казахстан от 4 декабря 2008 года ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить прилагаемые:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) натуральные нормы обеспечения транспортными средствами согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) натуральные нормы обеспечения телефонной связью и интернетом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) натуральные нормы обеспечения офисной и бытовой мебелью согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) натуральные нормы обеспечения площадями для размещения сотрудников и работников согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) натуральные нормы обеспечения бытовой, вычислительной и организационной техникой, средствами связи и оборудованием согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="1"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) натуральные нормы обеспечения имуществом, вооружением и боеприпасами согласно приложению 6 ДСП к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) натуральные нормы обеспечения снаряжением, инвентарем, спортивным и иным имуществом согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Руководителя Канцелярии Премьер-Министра Республики Казахстан от 15 мая 2020 года № 10-4-28 "Об утверждении натуральных норм республиканского государственного учреждения "Государственная фельдъегерская служба Республики Казахстан" Канцелярии Премьер-Министра Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="2"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Отделу контроля и документационного обеспечения Аппарата Правительства Республики Казахстан обеспечить государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан и его официальное опубликование в установленном законодательством порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z15" w:id="3"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на заместителя Руководителя Аппарата Правительства Республики Казахстан Жакенова А.С.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z16" w:id="4"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -825,64 +786,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Г. Койшыбаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z18" w:id="5"/>
+      <w:bookmarkStart w:name="z18" w:id="13"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1055,68 +1016,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 марта 2023 года № 10-4-37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="6"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения транспортными средствами</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1375,70 +1336,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Республиканское государственное учреждение Государственная фельдъегерская служба (далее – РГУ ГФС) Республики Казахстан Аппарата Правительства Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z21" w:id="7"/>
+          <w:bookmarkStart w:name="z21" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 г. Астана</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="7"/>
+          <w:bookmarkEnd w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1459,70 +1420,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 г. Астана1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z23" w:id="8"/>
+          <w:bookmarkStart w:name="z23" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="8"/>
+          <w:bookmarkEnd w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1543,70 +1504,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="9"/>
+          <w:bookmarkStart w:name="z25" w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="9"/>
+          <w:bookmarkEnd w:id="17"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -1658,182 +1619,182 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z27" w:id="10"/>
+          <w:bookmarkStart w:name="z27" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 г. Алматы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="10"/>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 г. Алматы1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="11"/>
+          <w:bookmarkStart w:name="z28" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="11"/>
+          <w:bookmarkEnd w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z29" w:id="12"/>
+          <w:bookmarkStart w:name="z29" w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="20"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3600</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2068,70 +2029,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Два автотранспорта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="13"/>
+          <w:bookmarkStart w:name="z30" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2600</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 *3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2155,70 +2116,70 @@
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z31" w:id="14"/>
+          <w:bookmarkStart w:name="z31" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Резерв для РГУ</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ГФС Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2268,170 +2229,170 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="15"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z33" w:id="16"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Автотранспортные средства РГУ "Государственная фельдъегерская служба Республики Казахстан" относятся к категории "специальные" - предназначенные для оперативно-служебных задач, осуществления правительственной курьерской связи с обеспечением защиты государственных секретов, обеспечивающих оперативную доставку специальных отправлений, в том числе особо важной, совершено секретной, секретной, правительственной, дипломатической, служебной корреспонденции государственных органов Республики Казахстан и выполняющих поручения специального характера по незамедлительной доставке корреспонденции, осуществления управленческих функции структурных подразделений, а также транспортного обеспечения руководителя и его заместителей государственного учреждения и руководителей территориальных подразделении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z34" w:id="17"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 - Дежурный специальный автотранспорт – автомобиль либо микроавтобус, предназначенный для круглосуточной оперативной работы сотрудников РГУ "Государственная фельдъегерская служба Республики Казахстан", осуществления правительственной курьерской связи с обеспечением защиты государственных секретов, обеспечивающих оперативную доставку специальных отправлений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z35" w:id="18"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В настоящих натуральных нормах лимит пробега автотранспорта не включает в себя пробег при выполнении нарочных междугородних автомобильных маршрутов сотрудниками РГУ "Государственная фельдъегерская служба Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z36" w:id="19"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для автотранспорта использующимся при осуществлении длительных служебных командировок норму эксплуатации месячного пробега увеличивать приказом руководителя государственного учреждения с выделением горюче-смазочных материалов, но не более чем, на 3 000 километров в месяц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z37" w:id="20"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Для автотранспорта гг. Караганда и Шымкент.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2536,68 +2497,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 марта 2023 года № 10-4-37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения телефонной связью и интернетом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3140,110 +3101,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 руководитель государственного учреждения, его заместители, руководители и заместители подразделений, главный бухгалтер, бухгалтера 1 и дежурные части, на каждого сотрудника 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * - данный вид телефонной связи включает также звонки со стационарного телефона на сети мобильных операторов связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 - центральный аппарат РГУ "Государственная фельдъегерская служба Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3348,68 +3309,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 марта 2023 года № 10-4-37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения офисной и бытовой мебелью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3553,70 +3514,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Единица измерения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z45" w:id="26"/>
+          <w:bookmarkStart w:name="z45" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Количество офисной и бытовой мебели и инвентаря</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="26"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (на 1 единицу)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -16940,70 +16901,70 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z46" w:id="27"/>
+          <w:bookmarkStart w:name="z46" w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кровать армейская</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="27"/>
+          <w:bookmarkEnd w:id="35"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (с матрасом)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -17573,70 +17534,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 комп.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z47" w:id="28"/>
+          <w:bookmarkStart w:name="z47" w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 комплект</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="28"/>
+          <w:bookmarkEnd w:id="36"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (1 диван 2 кресла)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -21281,130 +21242,130 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="29"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1 - для центрального аппарата Республиканского государственного учреждения "Государственная фельдъегерская служба Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z50" w:id="31"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2 - для территориального подразделения в городе Алматы Республиканского государственного учреждения "Государственная фельдъегерская служба Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z51" w:id="32"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3 - для территориальных подразделений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21509,130 +21470,130 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 марта 2023 года № 10-4-37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="33"/>
+    <w:bookmarkStart w:name="z53" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения площадями для размещения сотрудников и работников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z54" w:id="34"/>
+          <w:bookmarkStart w:name="z54" w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="34"/>
+          <w:bookmarkEnd w:id="42"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -25674,150 +25635,150 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20 % от итого</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="35"/>
+    <w:bookmarkStart w:name="z55" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z56" w:id="36"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z56" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * - для центрального аппарата Республиканского государственного учреждения "Государственная фельдъегерская служба Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z57" w:id="37"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z57" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** - для подразделения в городе Алматы Республиканского государственного учреждения "Государственная фельдъегерская служба Республики Казахстан";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z58" w:id="38"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *** - для территориальных подразделений Республиканского государственного учреждения "Государственная фельдъегерская служба Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z59" w:id="39"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Допускается превышение натуральных норм служебных площадей в случае, если особенности планировки служебных помещений в зданиях государственных органов не позволяют сокращение этих площадей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25922,68 +25883,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 марта 2023 года № 10-4-37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z61" w:id="40"/>
+    <w:bookmarkStart w:name="z61" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения бытовой, вычислительной и организационной техникой,  средствами связи и оборудованием</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -35916,126 +35877,110 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 На каждую входную дверь</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="41"/>
+    <w:bookmarkStart w:name="z62" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z63" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Срок эксплуатации основных средств согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложения 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам ведения бухгалтерского учета в государственных учреждениях. Приказ Министра финансов Республики Казахстан от 3 августа 2010 года № 393 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 6443).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36140,68 +36085,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 марта 2023 года № 10-4-37</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z65" w:id="42"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Натуральные нормы обеспечения снаряжением, инвентарем спортивным и иным имуществом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -41588,164 +41533,186 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 на 1 сотрудника</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="43"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z67" w:id="44"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Спортивная форма выдается сборным командам только на период проведения соревнований, объявляемых соответствующими приказами начальников;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z68" w:id="45"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Имуществом тыла обеспечиваются сводные отряды подразделений, а также весь личный состав, задействованный в случаях осложнения оперативной обстановки, возникновения кризисных ситуаций и введения чрезвычайного положения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -42067,35 +42034,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>